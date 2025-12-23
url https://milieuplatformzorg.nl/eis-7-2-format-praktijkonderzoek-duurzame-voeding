--- v0 (2025-12-03)
+++ v1 (2025-12-23)
@@ -626,199 +626,193 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A2047" w14:paraId="39903EF8" w14:textId="77777777" w:rsidTr="00270ED8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="47308BA5" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="007A2047" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:t>Type zorgorganisatie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6A1B06" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="2C6A1B06" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="585511572"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> Ziekenhuis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D9B8619" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="7D9B8619" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1411660243"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> Revalidatie</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="527473E1" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="527473E1" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2113581410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> Ouderenzorg-GRZ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="588E4FE2" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="588E4FE2" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2017302395"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> GGZ</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="669B8670" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="669B8670" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1902060140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> Gehandicaptenzorg</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="778161C2" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="008C7383" w:rsidP="007127DD">
+          <w:p w14:paraId="778161C2" w14:textId="77777777" w:rsidR="007A2047" w:rsidRDefault="00000000" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-264223688"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007A2047">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007A2047">
               <w:t xml:space="preserve"> Anders, namelijk: …</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00682165" w14:paraId="292EDCEF" w14:textId="77777777" w:rsidTr="00270ED8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5949" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="6DCC94B8" w14:textId="77777777" w:rsidR="00682165" w:rsidRDefault="00682165" w:rsidP="007127DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
@@ -1062,87 +1056,104 @@
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve"> weer waarbij de recepturen getest zijn</w:t>
             </w:r>
             <w:r w:rsidR="00022E09">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve"> (bijv. geriatrie).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="3DD1AAE9" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B">
             <w:r>
               <w:t>Aantal deelnemers</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F967B19" w14:textId="59E81B3B" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B">
+          <w:p w14:paraId="3AFD2860" w14:textId="49C4DCB4" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="00AF750E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00765D03">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Geef aan hoeveel patiënten</w:t>
             </w:r>
             <w:r w:rsidR="00DF5600">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>/cliënten</w:t>
             </w:r>
             <w:r w:rsidRPr="00765D03">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve"> er per doelgroep </w:t>
             </w:r>
             <w:r w:rsidRPr="002F7AB4">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>deelnamen.</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="3AFD2860" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B"/>
+            <w:r w:rsidR="00AF750E">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF750E">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Een minimum van</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF750E" w:rsidRPr="009E23AA">
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 deelnemers is wenselijk</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="1D02D0DB" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B">
             <w:r>
               <w:t>Onderzoeksperiode</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10131D34" w14:textId="5B4F2D78" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B">
             <w:r w:rsidRPr="00765D03">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>Geef aan in welke periode de recepturen getest zijn per doelgroep.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
@@ -1205,137 +1216,134 @@
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="2B218724" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="404A36F6" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="7A2B4EC2" w14:textId="77777777" w:rsidR="001B6D2B" w:rsidRDefault="001B6D2B" w:rsidP="001B6D2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3089" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6A796F0C" w14:textId="29351291" w:rsidR="0007272E" w:rsidRPr="00621F6A" w:rsidRDefault="008C7383" w:rsidP="0007272E">
+          <w:p w14:paraId="6A796F0C" w14:textId="29351291" w:rsidR="0007272E" w:rsidRPr="00621F6A" w:rsidRDefault="00000000" w:rsidP="0007272E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-878696437"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>AminoFit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00547D4C" w:rsidRPr="00621F6A">
               <w:t xml:space="preserve"> (gratis)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FA601E4" w14:textId="466D49E9" w:rsidR="0007272E" w:rsidRPr="00621F6A" w:rsidRDefault="008C7383" w:rsidP="0007272E">
+          <w:p w14:paraId="4FA601E4" w14:textId="466D49E9" w:rsidR="0007272E" w:rsidRPr="00621F6A" w:rsidRDefault="00000000" w:rsidP="0007272E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2093610476"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="0007272E" w:rsidRPr="00621F6A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Alpha Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00547D4C" w:rsidRPr="00621F6A">
               <w:t xml:space="preserve"> (betaald)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EA35C33" w14:textId="5DCDE312" w:rsidR="0007272E" w:rsidRDefault="008C7383" w:rsidP="0007272E">
+          <w:p w14:paraId="2EA35C33" w14:textId="5DCDE312" w:rsidR="0007272E" w:rsidRDefault="00000000" w:rsidP="0007272E">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1171174027"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0007272E" w:rsidRPr="0007272E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0007272E" w:rsidRPr="0007272E">
               <w:t xml:space="preserve"> Anders, namelijk</w:t>
             </w:r>
             <w:r w:rsidR="00621F6A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0007272E" w:rsidRPr="0007272E">
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3090" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
@@ -2088,88 +2096,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidR="00700004" w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r w:rsidR="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="700566DB" w14:textId="77777777" w:rsidR="00C30807" w:rsidRDefault="008C7383" w:rsidP="00C30807">
+          <w:p w14:paraId="700566DB" w14:textId="77777777" w:rsidR="00C30807" w:rsidRDefault="00000000" w:rsidP="00C30807">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-816265737"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C30807">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C30807">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="473814ED" w14:textId="77777777" w:rsidR="00C30807" w:rsidRDefault="008C7383" w:rsidP="00C30807">
+          <w:p w14:paraId="473814ED" w14:textId="77777777" w:rsidR="00C30807" w:rsidRDefault="00000000" w:rsidP="00C30807">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2104871926"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C30807">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C30807">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52828C09" w14:textId="29164DFB" w:rsidR="0068369D" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="00C30807">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="27F81EBC" w14:textId="77777777" w:rsidR="00BF7069" w:rsidRDefault="00BF7069">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -3019,88 +3025,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5B094B9C" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="5B094B9C" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="980658524"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EA67911" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="0EA67911" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2055993175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="237F290A" w14:textId="5C017257" w:rsidR="00601F89" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="005A650B">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="658B11F1" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00601F89" w:rsidP="00601F89">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -3928,88 +3932,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="42D8AF7E" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="42D8AF7E" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1068700935"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DD1409B" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="0DD1409B" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-414085887"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FA826E4" w14:textId="399DFD14" w:rsidR="00601F89" w:rsidRPr="003B5225" w:rsidRDefault="00601F89" w:rsidP="005A650B">
             <w:r>
               <w:t xml:space="preserve">Score (optioneel; niet beschikbaar bij AminoFit): </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F56D6BF" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00601F89" w:rsidP="00601F89">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -4837,88 +4839,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="49A7F229" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="49A7F229" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-944612457"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B01DB3F" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="4B01DB3F" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-49926898"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2144DD40" w14:textId="261DAB37" w:rsidR="00601F89" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="005A650B">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C5542C7" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00601F89" w:rsidP="00601F89">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -5746,88 +5746,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="641C4B28" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="641C4B28" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1841967770"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C7C16B3" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="2C7C16B3" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1686355569"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00601F89">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00601F89">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F7F8A59" w14:textId="7B87F671" w:rsidR="00601F89" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="005A650B">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="407A16A2" w14:textId="77777777" w:rsidR="00601F89" w:rsidRDefault="00601F89" w:rsidP="00601F89">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -6650,88 +6648,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2787BD48" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="2787BD48" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1815475656"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005716C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005716C">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D753732" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="1D753732" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1576001296"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005716C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005716C">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34D329F2" w14:textId="4EEB4711" w:rsidR="0005716C" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="005A650B">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="380CC994" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="0005716C" w:rsidP="0005716C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -7566,88 +7562,86 @@
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">) kunt u controleren of het aminozuurprofiel van het recept compleet is. Een compleet aminozuurprofiel betekent </w:t>
             </w:r>
             <w:r w:rsidRPr="00700004">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">dat de maaltijd </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
               </w:rPr>
               <w:t>een volwaardige eiwitbron biedt voor het lichaam.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6DE8BC91" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="6DE8BC91" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-862970389"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005716C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005716C">
               <w:t xml:space="preserve"> Ja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1496ECCE" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="008C7383" w:rsidP="005A650B">
+          <w:p w14:paraId="1496ECCE" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="00000000" w:rsidP="005A650B">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="487602907"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005716C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005716C">
               <w:t xml:space="preserve"> Nee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D07647D" w14:textId="5C7C11C9" w:rsidR="0005716C" w:rsidRPr="003B5225" w:rsidRDefault="003F10EA" w:rsidP="005A650B">
             <w:r>
               <w:t>Score (optioneel; niet beschikbaar bij AminoFit):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="647C8978" w14:textId="77777777" w:rsidR="0005716C" w:rsidRDefault="0005716C" w:rsidP="0005716C">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -8029,61 +8023,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="567DBB85" w14:textId="77777777" w:rsidR="008020DF" w:rsidRDefault="008020DF" w:rsidP="008020DF"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="449C0205" w14:textId="77777777" w:rsidR="008020DF" w:rsidRPr="008020DF" w:rsidRDefault="008020DF" w:rsidP="008020DF"/>
     <w:sectPr w:rsidR="008020DF" w:rsidRPr="008020DF" w:rsidSect="00700004">
       <w:headerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59D4C4BD" w14:textId="77777777" w:rsidR="002B7185" w:rsidRDefault="002B7185" w:rsidP="00AC5146">
+    <w:p w14:paraId="60F01AB3" w14:textId="77777777" w:rsidR="004F0483" w:rsidRDefault="004F0483" w:rsidP="00AC5146">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FE00ED7" w14:textId="77777777" w:rsidR="002B7185" w:rsidRDefault="002B7185" w:rsidP="00AC5146">
+    <w:p w14:paraId="23FDE37E" w14:textId="77777777" w:rsidR="004F0483" w:rsidRDefault="004F0483" w:rsidP="00AC5146">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -8123,61 +8117,61 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="472F5300" w14:textId="77777777" w:rsidR="002B7185" w:rsidRDefault="002B7185" w:rsidP="00AC5146">
+    <w:p w14:paraId="569CFD48" w14:textId="77777777" w:rsidR="004F0483" w:rsidRDefault="004F0483" w:rsidP="00AC5146">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="176ED5F0" w14:textId="77777777" w:rsidR="002B7185" w:rsidRDefault="002B7185" w:rsidP="00AC5146">
+    <w:p w14:paraId="22234BFF" w14:textId="77777777" w:rsidR="004F0483" w:rsidRDefault="004F0483" w:rsidP="00AC5146">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D0FCA3D" w14:textId="2A3C441A" w:rsidR="002B7185" w:rsidRDefault="00640D1C">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -8601,56 +8595,55 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="699742824">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A9264F"/>
     <w:rsid w:val="00014E3D"/>
     <w:rsid w:val="00022E09"/>
     <w:rsid w:val="0004467C"/>
     <w:rsid w:val="00051F9F"/>
     <w:rsid w:val="0005716C"/>
     <w:rsid w:val="0007272E"/>
@@ -8679,50 +8672,51 @@
     <w:rsid w:val="002B7185"/>
     <w:rsid w:val="002C79A8"/>
     <w:rsid w:val="002D13DC"/>
     <w:rsid w:val="002E356F"/>
     <w:rsid w:val="002F7AB4"/>
     <w:rsid w:val="003057B3"/>
     <w:rsid w:val="00307058"/>
     <w:rsid w:val="00352C39"/>
     <w:rsid w:val="0035310E"/>
     <w:rsid w:val="00365EAC"/>
     <w:rsid w:val="00383C19"/>
     <w:rsid w:val="003B5225"/>
     <w:rsid w:val="003C1107"/>
     <w:rsid w:val="003E5A91"/>
     <w:rsid w:val="003F10EA"/>
     <w:rsid w:val="00415949"/>
     <w:rsid w:val="00426BC6"/>
     <w:rsid w:val="00435562"/>
     <w:rsid w:val="004361CE"/>
     <w:rsid w:val="00441B7E"/>
     <w:rsid w:val="00452ACA"/>
     <w:rsid w:val="004554FC"/>
     <w:rsid w:val="004C0C9B"/>
     <w:rsid w:val="004D2A31"/>
     <w:rsid w:val="004D379B"/>
+    <w:rsid w:val="004F0483"/>
     <w:rsid w:val="004F3D62"/>
     <w:rsid w:val="00502821"/>
     <w:rsid w:val="00512072"/>
     <w:rsid w:val="00520A79"/>
     <w:rsid w:val="005233CD"/>
     <w:rsid w:val="00527CE6"/>
     <w:rsid w:val="00537421"/>
     <w:rsid w:val="0054698D"/>
     <w:rsid w:val="00547D4C"/>
     <w:rsid w:val="005A01E9"/>
     <w:rsid w:val="005A107D"/>
     <w:rsid w:val="005A6F34"/>
     <w:rsid w:val="005C057E"/>
     <w:rsid w:val="00601F89"/>
     <w:rsid w:val="0060715E"/>
     <w:rsid w:val="00620B18"/>
     <w:rsid w:val="00621F6A"/>
     <w:rsid w:val="006253CE"/>
     <w:rsid w:val="00630878"/>
     <w:rsid w:val="0063449E"/>
     <w:rsid w:val="00640D1C"/>
     <w:rsid w:val="00670D81"/>
     <w:rsid w:val="00671E0C"/>
     <w:rsid w:val="00682165"/>
     <w:rsid w:val="006829AB"/>
@@ -8754,56 +8748,58 @@
     <w:rsid w:val="008044B5"/>
     <w:rsid w:val="00812525"/>
     <w:rsid w:val="008142D5"/>
     <w:rsid w:val="00831B34"/>
     <w:rsid w:val="00855713"/>
     <w:rsid w:val="00893294"/>
     <w:rsid w:val="008A190A"/>
     <w:rsid w:val="008A395E"/>
     <w:rsid w:val="008C7383"/>
     <w:rsid w:val="008D12B6"/>
     <w:rsid w:val="009021D3"/>
     <w:rsid w:val="00934AE8"/>
     <w:rsid w:val="009A5399"/>
     <w:rsid w:val="009A6713"/>
     <w:rsid w:val="009E23AA"/>
     <w:rsid w:val="00A17A21"/>
     <w:rsid w:val="00A23518"/>
     <w:rsid w:val="00A248EC"/>
     <w:rsid w:val="00A9264F"/>
     <w:rsid w:val="00AB0B95"/>
     <w:rsid w:val="00AB36F1"/>
     <w:rsid w:val="00AC154C"/>
     <w:rsid w:val="00AC5146"/>
     <w:rsid w:val="00AC68ED"/>
     <w:rsid w:val="00AF16E3"/>
+    <w:rsid w:val="00AF750E"/>
     <w:rsid w:val="00B0684C"/>
     <w:rsid w:val="00B613CC"/>
     <w:rsid w:val="00B67F4A"/>
     <w:rsid w:val="00B92085"/>
     <w:rsid w:val="00BB616B"/>
     <w:rsid w:val="00BB78D6"/>
+    <w:rsid w:val="00BC5AEE"/>
     <w:rsid w:val="00BD53CC"/>
     <w:rsid w:val="00BF2834"/>
     <w:rsid w:val="00BF7069"/>
     <w:rsid w:val="00C23762"/>
     <w:rsid w:val="00C251D3"/>
     <w:rsid w:val="00C30807"/>
     <w:rsid w:val="00C32BFF"/>
     <w:rsid w:val="00C3388D"/>
     <w:rsid w:val="00C67AFB"/>
     <w:rsid w:val="00C937EB"/>
     <w:rsid w:val="00C9528D"/>
     <w:rsid w:val="00CC2D7D"/>
     <w:rsid w:val="00CC3D81"/>
     <w:rsid w:val="00D027A8"/>
     <w:rsid w:val="00D031DE"/>
     <w:rsid w:val="00D05AAC"/>
     <w:rsid w:val="00D068DB"/>
     <w:rsid w:val="00D10F8B"/>
     <w:rsid w:val="00D256EB"/>
     <w:rsid w:val="00D84C3D"/>
     <w:rsid w:val="00DA247E"/>
     <w:rsid w:val="00DB252C"/>
     <w:rsid w:val="00DB31B0"/>
     <w:rsid w:val="00DF5600"/>
     <w:rsid w:val="00DF7122"/>
@@ -8817,53 +8813,53 @@
     <w:rsid w:val="00EA4FE3"/>
     <w:rsid w:val="00EA7F36"/>
     <w:rsid w:val="00EB192B"/>
     <w:rsid w:val="00EB50F2"/>
     <w:rsid w:val="00FB40A4"/>
     <w:rsid w:val="00FB6089"/>
     <w:rsid w:val="00FC1FE1"/>
     <w:rsid w:val="00FD20E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="43E396A1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4946F52-586D-42A5-9846-B52D7A4599C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -9978,65 +9974,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="99ec08a881528fbc015030cf7d1c487f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea913bf8c654b6b8b745ae44bae9876e" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Extern_x0020_gedeeld_x003f_ xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">onbekend</Extern_x0020_gedeeld_x003f_>
+    <TaxCatchAll xmlns="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="a6930ab8b86b57445baeca1e0fa918b3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14c54e44565a8dd4717a4ea9e4f43a27" ns2:_="" ns3:_="">
     <xsd:import namespace="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <xsd:import namespace="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Extern_x0020_gedeeld_x003f_" minOccurs="0"/>
               </xsd:all>
@@ -10241,140 +10249,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52BA52B2-5BDB-4447-98FC-400BCFCFF4AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFF9BFB-7AC3-4922-901B-01DBF855C047}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{458B3EBA-BC2E-4989-8399-A69891553D66}">
-[...17 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41F638F8-C476-405E-9CF0-DD0080961C29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71302A3A-494B-43F1-BE49-2A266B51F2CD}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2694</Words>
-  <Characters>14817</Characters>
+  <Words>2700</Words>
+  <Characters>14852</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>123</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ziekenhuis Gelderse Vallei</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17477</CharactersWithSpaces>
+  <CharactersWithSpaces>17517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kodde, Sanne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FC31FF76EB96914B9FDB055D1D7EC1F1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>