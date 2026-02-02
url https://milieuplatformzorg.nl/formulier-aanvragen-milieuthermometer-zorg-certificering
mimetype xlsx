--- v0 (2025-10-03)
+++ v1 (2026-02-02)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.debree\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.debree\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BA072BD-E4C0-41CC-97BE-CD99A4469B21}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4BD4FB6A-DB1D-4175-94BB-13CBFE23102E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4611DA2-B446-4B2E-B89E-73F4AB955DB6}"/>
+    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4611DA2-B446-4B2E-B89E-73F4AB955DB6}"/>
   </bookViews>
   <sheets>
     <sheet name="Locaties" sheetId="1" r:id="rId1"/>
-    <sheet name="Landparken" sheetId="3" r:id="rId2"/>
+    <sheet name="Grote Terreinen" sheetId="3" r:id="rId2"/>
     <sheet name="Blad2" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Locaties!$A$1:$H$46</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -78,518 +78,580 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="73">
   <si>
     <t xml:space="preserve">Aanvraagformulier voor offerte certificeren Milieuthermometer Zorg </t>
   </si>
   <si>
-    <t>organisatienaam</t>
-[...1 lines deleted...]
-  <si>
     <t>MPZ-lid?</t>
   </si>
   <si>
-    <t>organisatietype</t>
-[...1 lines deleted...]
-  <si>
     <t>Eerste certificering?</t>
   </si>
   <si>
     <t>vvt - ouderenzorg</t>
   </si>
   <si>
-    <t>adres</t>
-[...1 lines deleted...]
-  <si>
     <t>Certificering niveau:</t>
   </si>
   <si>
     <t>ggz</t>
   </si>
   <si>
-    <t>postcode en plaats</t>
-[...1 lines deleted...]
-  <si>
     <t>Beoogde datum Keuring:</t>
   </si>
   <si>
     <t>gehandicaptenzorg</t>
   </si>
   <si>
-    <t>telefoonnummer</t>
-[...1 lines deleted...]
-  <si>
     <t>ziekenhuizen</t>
   </si>
   <si>
     <t>overig</t>
   </si>
   <si>
-    <t>contactpersoon certificering</t>
-[...11 lines deleted...]
-    <t>evt 2e contactpersoon</t>
+    <t>postcode</t>
+  </si>
+  <si>
+    <t>plaats</t>
+  </si>
+  <si>
+    <t>aantal bedden**</t>
+  </si>
+  <si>
+    <t>opmerkingen, bijv. kantoor op poli</t>
+  </si>
+  <si>
+    <t>Vul de rijen aan voor extra locaties indien nodig.</t>
+  </si>
+  <si>
+    <t>** Aantal bedden: bij informatieplichtige locaties met 0 bedden geef in kolom 'opmerkingen' aan of het een hoofdkantoor of buitenpoli betreft</t>
+  </si>
+  <si>
+    <t>mail het ingevulde formulier naar</t>
+  </si>
+  <si>
+    <t>info@milieuplatformzorg.nl</t>
+  </si>
+  <si>
+    <t>NB:</t>
+  </si>
+  <si>
+    <t>certificering</t>
+  </si>
+  <si>
+    <t>m2</t>
+  </si>
+  <si>
+    <t>Categorie</t>
+  </si>
+  <si>
+    <t>Aantal</t>
+  </si>
+  <si>
+    <t>opmerkingen</t>
+  </si>
+  <si>
+    <t>B= Aantal kleine gebouwen met &lt; 30 bedden en &gt; 500 m2</t>
+  </si>
+  <si>
+    <t>C= Aantal kleine gebouwen &lt; 500 m2</t>
+  </si>
+  <si>
+    <t>Vul aan indien nodig.</t>
+  </si>
+  <si>
+    <t>mpz lid</t>
+  </si>
+  <si>
+    <t>brons</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>zilver</t>
+  </si>
+  <si>
+    <t>nee</t>
+  </si>
+  <si>
+    <t>Betreft certificering voor gehele organisatie?</t>
+  </si>
+  <si>
+    <t>Voor uitbreiding van het aantal zorgvestigingen dat de zorgorganisatie wil meenemen in de keuring kan een nieuwe offerte worden aangevraagd en opdracht worden verleend. Dan start een nieuwe cyclus van 3 jaar (incl. de reeds gecertificeerde locaties) en de oude opdracht vervalt. Aanmeldkosten worden gerekend en de jaarlijkse bijdrage wordt aangepast aan het dan geldend aantal bedden of vloeroppervlakte. Vooruit betaalde kosten wordt verrekend.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Informatieplichtig = Als het jaarverbruik &gt;25.000 m3 aardgas óf &gt;50.000 kWh elektriciteit (inkoop + opwek) is. </t>
+  </si>
+  <si>
+    <t>&gt;15.000 m2***
+ja/nee</t>
+  </si>
+  <si>
+    <t>*** Locaties met een terrein groter dan 15.000 m2 en meerdere losstaande gebouwen.</t>
+  </si>
+  <si>
+    <t>A= Aantal grote gebouwen met &gt; 30 bedden of informatieplichtig*</t>
+  </si>
+  <si>
+    <t>m2 brutovloer-oppervlakte</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Te certificeren locaties </t>
     </r>
     <r>
       <rPr>
         <b/>
-        <sz val="11"/>
+        <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
       </rPr>
       <t>informatieplichtig</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve">* </t>
     </r>
   </si>
   <si>
-    <t>naam</t>
-[...59 lines deleted...]
-  <si>
     <r>
-      <rPr>
-[...4 lines deleted...]
-      <t xml:space="preserve">Te certificeren locaties met &lt; 30 bedden en </t>
+      <t xml:space="preserve">straat en nr
+</t>
     </r>
     <r>
       <rPr>
-        <b/>
+        <i/>
         <sz val="11"/>
-        <color rgb="FF000000"/>
+        <color theme="1"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
-      <t>niet informatieplichtig</t>
+      <t>let op: deze info komt op het certificaat</t>
     </r>
-    <r>
-[...36 lines deleted...]
-    <t xml:space="preserve">Vul voor Landparken ook het 2e werkbad in </t>
+  </si>
+  <si>
+    <t>Locatienaam</t>
+  </si>
+  <si>
+    <t>Organisatienaam</t>
+  </si>
+  <si>
+    <t>Organisatietype</t>
+  </si>
+  <si>
+    <t>Adres</t>
+  </si>
+  <si>
+    <t>Postcode en plaats</t>
+  </si>
+  <si>
+    <t>Telefoonnummer</t>
+  </si>
+  <si>
+    <t>Factuur e-mailadres</t>
+  </si>
+  <si>
+    <t>Contactpersoon certificering</t>
+  </si>
+  <si>
+    <t>Functie</t>
+  </si>
+  <si>
+    <t>E-mailadres</t>
+  </si>
+  <si>
+    <t>Evt 2e contactpersoon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Locatie 1 </t>
+  </si>
+  <si>
+    <t>Locatie 2</t>
+  </si>
+  <si>
+    <t>Locatie 3</t>
+  </si>
+  <si>
+    <t>Locatie 4</t>
+  </si>
+  <si>
+    <t>Locatie 5</t>
+  </si>
+  <si>
+    <t>Locatie 6</t>
+  </si>
+  <si>
+    <t>Locatie 7</t>
+  </si>
+  <si>
+    <t>Locatie 8</t>
+  </si>
+  <si>
+    <t>Locatie 9</t>
+  </si>
+  <si>
+    <t>Locatie 10</t>
+  </si>
+  <si>
+    <t>Locatie 11</t>
+  </si>
+  <si>
+    <t>Locatie 12</t>
+  </si>
+  <si>
+    <t>Locaties met een terrein groter dan 15.000 m2 en meerdere losstaande gebouwen. Dit zijn vaak landparken of landgoederen.</t>
+  </si>
+  <si>
+    <t>Groot terrein 1</t>
+  </si>
+  <si>
+    <t>Groot terrein 2</t>
+  </si>
+  <si>
+    <t>Groot terrein 3</t>
+  </si>
+  <si>
+    <t>Totale terreinoppervlakte:</t>
+  </si>
+  <si>
+    <t>[Locatienaam]</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="18"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Aanvullende informatie voor offerte certificeren Milieuthermometer Zorg  - </t>
+      <t xml:space="preserve">Aanvullende informatie voor offerte certificeren Milieuthermometer Zorg
+</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <color rgb="FF00B050"/>
         <rFont val="Aptos Narrow"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>LANDPARKEN</t>
+      <t>Grote terreinen</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">In verband met te certificeren instellingsterrein met veel gebouwen (GHZ of GGZ) bij &gt; 200 bedden of &gt; 15.000 m2 ontvangen wij graag een overzicht van de zorggebouwen op het terrein </t>
-[...59 lines deleted...]
-    <t>.</t>
+    <r>
+      <t xml:space="preserve">Aantal te certificeren locaties &lt; 30 bedden en </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>niet informatieplichtig</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>↓</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Alleen indien</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> geen vvt, ggz of ghz: </t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...3 lines deleted...]
-      <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
-[...4 lines deleted...]
-      <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF0066FF"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...10 lines deleted...]
-      <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -644,129 +706,152 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0066FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -775,54 +860,54 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>7</xdr:col>
-      <xdr:colOff>2476924</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>1025949</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>28659</xdr:rowOff>
+      <xdr:rowOff>25484</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Afbeelding 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101A3421-6E04-6D4B-9F08-B989549226BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8543925" y="133350"/>
           <a:ext cx="3038899" cy="600159"/>
         </a:xfrm>
@@ -1200,779 +1285,841 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@milieuplatformzorg.nl?subject=aanvraagfromulier%20offerte%20Milieuthermometer%20Zorg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@milieuplatformzorg.nl?subject=aanvullende%20informatie%20offerte%20Milieuthermometer%20Zorg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{061E21A0-6892-4E44-A644-D8AADED75A42}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="20.453125" customWidth="1"/>
+    <col min="1" max="1" width="24.81640625" customWidth="1"/>
     <col min="2" max="2" width="29.1796875" customWidth="1"/>
     <col min="3" max="3" width="34.453125" customWidth="1"/>
     <col min="5" max="5" width="22.81640625" customWidth="1"/>
     <col min="6" max="6" width="9.54296875" customWidth="1"/>
-    <col min="7" max="7" width="11" customWidth="1"/>
-    <col min="8" max="8" width="37.7265625" customWidth="1"/>
+    <col min="7" max="7" width="13.81640625" customWidth="1"/>
+    <col min="8" max="8" width="18" customWidth="1"/>
+    <col min="9" max="9" width="32.1796875" customWidth="1"/>
     <col min="10" max="10" width="17.1796875" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="6" t="s">
+      <c r="A1" s="5" t="s">
         <v>0</v>
-      </c>
-[...3 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" s="7"/>
+      <c r="E3" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="10"/>
-[...3 lines deleted...]
-      <c r="F3" s="10"/>
+      <c r="F3" s="7"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" s="7"/>
+      <c r="E4" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="F4" s="7"/>
+      <c r="J4" t="s">
         <v>3</v>
-      </c>
-[...6 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>6</v>
-[...5 lines deleted...]
-      <c r="F5" s="10"/>
+        <v>44</v>
+      </c>
+      <c r="B5" s="7"/>
+      <c r="E5" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="7"/>
       <c r="J5" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-      <c r="F6" s="10"/>
+        <v>45</v>
+      </c>
+      <c r="B6" s="7"/>
+      <c r="E6" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="F6" s="7"/>
       <c r="J6" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B7" s="10"/>
+        <v>46</v>
+      </c>
+      <c r="B7" s="7"/>
       <c r="J7" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="E8" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" s="7"/>
       <c r="J8" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B9" s="10"/>
+        <v>9</v>
+      </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="7"/>
+    </row>
+    <row r="11" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="G11" s="34" t="str" cm="1">
+        <f t="array" ref="G11">IF(SUMPRODUCT(--(G21:G32="ja"))&gt;0,"Let op: Er zitten één of meer zeer grote terreinen in de aanvraag. Vul het tabblad 'Grote terreinen' met aanvullende informatie.","")</f>
+        <v/>
+      </c>
+      <c r="H11" s="34"/>
+      <c r="I11" s="34"/>
+    </row>
+    <row r="12" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="7"/>
+      <c r="G12" s="34"/>
+      <c r="H12" s="34"/>
+      <c r="I12" s="34"/>
+    </row>
+    <row r="13" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="G13" s="34"/>
+      <c r="H13" s="34"/>
+      <c r="I13" s="34"/>
+    </row>
+    <row r="14" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G14" s="34"/>
+      <c r="H14" s="34"/>
+      <c r="I14" s="34"/>
+    </row>
+    <row r="15" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="G15" s="34"/>
+      <c r="H15" s="34"/>
+      <c r="I15" s="34"/>
+    </row>
+    <row r="16" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" s="10"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="34"/>
+      <c r="I16" s="34"/>
+    </row>
+    <row r="17" spans="1:9" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="10"/>
+      <c r="G17" s="34"/>
+      <c r="H17" s="34"/>
+      <c r="I17" s="34"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="G18" s="13"/>
+      <c r="H18" s="13"/>
+    </row>
+    <row r="19" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A19" s="32" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="H19" s="43" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="32" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="1"/>
+      <c r="B20" s="28" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D20" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20" s="31" t="s">
+        <v>38</v>
+      </c>
+      <c r="I20" s="28" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A21" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="11"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="14"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="41"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A22" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" s="11"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="11"/>
+      <c r="G22" s="14"/>
+      <c r="H22" s="22"/>
+      <c r="I22" s="42"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A23" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="22"/>
+      <c r="I23" s="42"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A24" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
+      <c r="G24" s="14"/>
+      <c r="H24" s="22"/>
+      <c r="I24" s="42"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A25" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
+      <c r="G25" s="14"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="42"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A26" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" s="11"/>
+      <c r="C26" s="11"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="11"/>
+      <c r="F26" s="11"/>
+      <c r="G26" s="14"/>
+      <c r="H26" s="22"/>
+      <c r="I26" s="42"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A27" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B27" s="11"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="11"/>
+      <c r="G27" s="14"/>
+      <c r="H27" s="22"/>
+      <c r="I27" s="42"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A28" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="11"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="11"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="14"/>
+      <c r="H28" s="22"/>
+      <c r="I28" s="42"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A29" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B29" s="11"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="11"/>
+      <c r="G29" s="14"/>
+      <c r="H29" s="22"/>
+      <c r="I29" s="42"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A30" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" s="11"/>
+      <c r="C30" s="11"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="11"/>
+      <c r="F30" s="11"/>
+      <c r="G30" s="14"/>
+      <c r="H30" s="22"/>
+      <c r="I30" s="42"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A31" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" s="11"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="11"/>
+      <c r="G31" s="14"/>
+      <c r="H31" s="22"/>
+      <c r="I31" s="42"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A32" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B32" s="11"/>
+      <c r="C32" s="11"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="14"/>
+      <c r="H32" s="22"/>
+      <c r="I32" s="42"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A33" s="15" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A35" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" s="19"/>
+      <c r="C35" s="20"/>
+      <c r="D35" s="18"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A37" s="12" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" s="24" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="23" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A39" s="12" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A41" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="10"/>
-[...2 lines deleted...]
-      <c r="A11" t="s">
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A42" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="10"/>
-[...7 lines deleted...]
-      <c r="A12" t="s">
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A43" s="4"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A44" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="10"/>
-[...134 lines deleted...]
-      <c r="A26" s="1" t="s">
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A45" s="26" t="s">
         <v>33</v>
       </c>
-      <c r="B26" s="14"/>
-[...136 lines deleted...]
-      </c>
+      <c r="B45" s="26"/>
+      <c r="C45" s="26"/>
+      <c r="D45" s="26"/>
+      <c r="E45" s="26"/>
+      <c r="F45" s="26"/>
+      <c r="G45" s="26"/>
+      <c r="H45" s="26"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A46" s="26"/>
+      <c r="B46" s="26"/>
+      <c r="C46" s="26"/>
+      <c r="D46" s="26"/>
+      <c r="E46" s="26"/>
+      <c r="F46" s="26"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="26"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A47" s="26"/>
+      <c r="B47" s="26"/>
+      <c r="C47" s="26"/>
+      <c r="D47" s="26"/>
+      <c r="E47" s="26"/>
+      <c r="F47" s="26"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="26"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="2"/>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="3"/>
     </row>
     <row r="53" spans="1:1" s="3" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A53"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="G11:H17"/>
+  <mergeCells count="3">
+    <mergeCell ref="A45:H47"/>
+    <mergeCell ref="G11:I17"/>
+    <mergeCell ref="A19:D19"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="G18:H18">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>$G$19="ja"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B4" xr:uid="{B88A55F8-D32C-4EC0-8C86-4A6A51F7441C}">
       <formula1>$J$4:$J$8</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A42" r:id="rId1" xr:uid="{36880C86-094C-4819-93E5-1A332A3E3F53}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B0892EB9-9675-4AF7-8964-4EAF74DD3618}">
           <x14:formula1>
             <xm:f>Blad2!$C$2:$C$4</xm:f>
           </x14:formula1>
-          <xm:sqref>F3:F4</xm:sqref>
+          <xm:sqref>F3:F4 F8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E836E6ED-48D1-428C-88C7-67CE4CC38307}">
           <x14:formula1>
             <xm:f>Blad2!$A$2:$A$4</xm:f>
           </x14:formula1>
           <xm:sqref>F5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2CBD6BC9-3A0D-491E-B261-3651F8A5E84B}">
           <x14:formula1>
             <xm:f>Blad2!$C$3:$C$4</xm:f>
           </x14:formula1>
           <xm:sqref>G21:G32</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6D5BB58-DBFC-4E74-A1E7-202AE4858154}">
   <sheetPr>
     <tabColor rgb="FF0066FF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="L8" sqref="L8"/>
+      <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="51" customWidth="1"/>
+    <col min="1" max="1" width="58.08984375" customWidth="1"/>
     <col min="3" max="3" width="36.81640625" customWidth="1"/>
     <col min="4" max="4" width="17.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="34" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="35"/>
+      <c r="A1" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
     </row>
     <row r="2" spans="1:4" ht="26" x14ac:dyDescent="0.6">
-      <c r="A2" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A3" s="37" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="A3" s="35" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" s="35"/>
+      <c r="C3" s="35"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A4" s="37"/>
-[...8 lines deleted...]
-      <c r="C6" s="36"/>
+      <c r="A4" s="35"/>
+      <c r="B4" s="35"/>
+      <c r="C4" s="35"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A7" t="s">
-[...3 lines deleted...]
-      <c r="C7" s="36"/>
+      <c r="A7" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="39"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A8" t="s">
-[...28 lines deleted...]
-      <c r="B12" s="10"/>
+      <c r="A8" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="36" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="27"/>
+    </row>
+    <row r="9" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="40"/>
+    </row>
+    <row r="10" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="40"/>
+    </row>
+    <row r="11" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="40"/>
+    </row>
+    <row r="12" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="37"/>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A14" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A14" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" s="39"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A15" s="11" t="s">
-[...32 lines deleted...]
-        <v>65</v>
+      <c r="A15" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="40"/>
+    </row>
+    <row r="17" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="40"/>
+    </row>
+    <row r="18" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="7"/>
+      <c r="C18" s="40"/>
+    </row>
+    <row r="19" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="37"/>
+      <c r="C19" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A21" s="11" t="s">
-[...58 lines deleted...]
-      <c r="C29" s="10"/>
+      <c r="A21" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="C21" s="39"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A22" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B22" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="B23" s="7"/>
+      <c r="C23" s="40"/>
+    </row>
+    <row r="24" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="7"/>
+      <c r="C24" s="40"/>
+    </row>
+    <row r="25" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="40"/>
+    </row>
+    <row r="26" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="37"/>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A28" s="16" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.35">
-      <c r="A30" s="12" t="s">
-[...7 lines deleted...]
-        <v>67</v>
+      <c r="A30" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A31" s="4" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="5">
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="B21:C21"/>
     <mergeCell ref="A1:C1"/>
-    <mergeCell ref="B6:C6"/>
-[...2 lines deleted...]
-    <mergeCell ref="B9:C9"/>
     <mergeCell ref="A3:C4"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D3" r:id="rId1" xr:uid="{55187A2F-FB82-44C4-B622-E21AA031F69D}"/>
+    <hyperlink ref="A31" r:id="rId1" xr:uid="{55187A2F-FB82-44C4-B622-E21AA031F69D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F264B9B4-276A-49EC-9678-28F3CBB419AE}">
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="C1" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Extern_x0020_gedeeld_x003f_ xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">onbekend</Extern_x0020_gedeeld_x003f_>
+    <TaxCatchAll xmlns="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="99ec08a881528fbc015030cf7d1c487f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea913bf8c654b6b8b745ae44bae9876e" ns2:_="" ns3:_="">
     <xsd:import namespace="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <xsd:import namespace="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -2179,134 +2326,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84FCADB5-5FCA-466D-8281-46A3D46D3E8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9046C37-698B-439D-92F7-99B0FD7373BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{773CE5CC-4720-4849-96F7-2BFF423F1050}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benoemde bereiken</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Locaties</vt:lpstr>
-      <vt:lpstr>Landparken</vt:lpstr>
+      <vt:lpstr>Grote Terreinen</vt:lpstr>
       <vt:lpstr>Blad2</vt:lpstr>
       <vt:lpstr>Locaties!Afdrukbereik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Stichting Stimular</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Adriaan van Engelen (Stimular)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>