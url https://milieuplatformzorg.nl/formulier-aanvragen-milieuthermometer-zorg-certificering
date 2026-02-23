--- v1 (2026-02-02)
+++ v2 (2026-02-23)
@@ -13,64 +13,64 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.debree\Documents\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.debree\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4BD4FB6A-DB1D-4175-94BB-13CBFE23102E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A72B40CE-DAE9-4715-B6B2-1579E4DFD494}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="57480" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A4611DA2-B446-4B2E-B89E-73F4AB955DB6}"/>
+    <workbookView xWindow="28680" yWindow="-6225" windowWidth="29040" windowHeight="15720" xr2:uid="{A4611DA2-B446-4B2E-B89E-73F4AB955DB6}"/>
   </bookViews>
   <sheets>
     <sheet name="Locaties" sheetId="1" r:id="rId1"/>
     <sheet name="Grote Terreinen" sheetId="3" r:id="rId2"/>
     <sheet name="Blad2" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Locaties!$A$1:$H$46</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Locaties!$A$1:$H$48</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G11" i="1" l="1" a="1"/>
   <c r="G11" i="1" s="1"/>
@@ -78,382 +78,422 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="75">
   <si>
     <t xml:space="preserve">Aanvraagformulier voor offerte certificeren Milieuthermometer Zorg </t>
   </si>
   <si>
+    <t>Organisatienaam</t>
+  </si>
+  <si>
     <t>MPZ-lid?</t>
   </si>
   <si>
+    <t>Organisatietype</t>
+  </si>
+  <si>
     <t>Eerste certificering?</t>
   </si>
   <si>
     <t>vvt - ouderenzorg</t>
   </si>
   <si>
+    <t>Adres</t>
+  </si>
+  <si>
     <t>Certificering niveau:</t>
   </si>
   <si>
     <t>ggz</t>
   </si>
   <si>
+    <t>Postcode en plaats</t>
+  </si>
+  <si>
     <t>Beoogde datum Keuring:</t>
   </si>
   <si>
     <t>gehandicaptenzorg</t>
   </si>
   <si>
+    <t>Telefoonnummer</t>
+  </si>
+  <si>
     <t>ziekenhuizen</t>
   </si>
   <si>
+    <t>Factuur e-mailadres</t>
+  </si>
+  <si>
+    <t>Betreft certificering voor gehele organisatie?</t>
+  </si>
+  <si>
     <t>overig</t>
   </si>
   <si>
-    <t>postcode</t>
-[...84 lines deleted...]
-    <t>m2 brutovloer-oppervlakte</t>
+    <t>Contactpersoon certificering</t>
+  </si>
+  <si>
+    <t>Functie</t>
+  </si>
+  <si>
+    <t>E-mailadres</t>
+  </si>
+  <si>
+    <t>Evt 2e contactpersoon</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Te certificeren locaties </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>informatieplichtig</t>
     </r>
     <r>
       <rPr>
         <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">* </t>
     </r>
-  </si>
-[...130 lines deleted...]
-    </r>
     <r>
       <rPr>
         <b/>
-        <sz val="14"/>
+        <sz val="16"/>
         <color rgb="FF000000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
-      <t>niet informatieplichtig</t>
-[...8 lines deleted...]
-      <t>*</t>
+      <t xml:space="preserve">of met &gt;30 bedden </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>↓</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Alleen indien</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> geen vvt, ggz of ghz: </t>
     </r>
   </si>
+  <si>
+    <t>Locatienaam</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">straat en nr
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>let op: deze info komt op het certificaat</t>
+    </r>
+  </si>
+  <si>
+    <t>postcode</t>
+  </si>
+  <si>
+    <t>plaats</t>
+  </si>
+  <si>
+    <t>aantal bedden**</t>
+  </si>
+  <si>
+    <t>&gt;15.000 m2***
+ja/nee</t>
+  </si>
+  <si>
+    <t>m2 brutovloer-oppervlakte</t>
+  </si>
+  <si>
+    <t>opmerkingen, bijv. kantoor op poli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Locatie 1 </t>
+  </si>
+  <si>
+    <t>Locatie 2</t>
+  </si>
+  <si>
+    <t>Locatie 3</t>
+  </si>
+  <si>
+    <t>Locatie 4</t>
+  </si>
+  <si>
+    <t>Locatie 5</t>
+  </si>
+  <si>
+    <t>Locatie 6</t>
+  </si>
+  <si>
+    <t>Locatie 7</t>
+  </si>
+  <si>
+    <t>Locatie 8</t>
+  </si>
+  <si>
+    <t>Locatie 9</t>
+  </si>
+  <si>
+    <t>Locatie 10</t>
+  </si>
+  <si>
+    <t>Locatie 11</t>
+  </si>
+  <si>
+    <t>Locatie 12</t>
+  </si>
+  <si>
+    <t>Vul de rijen aan voor extra locaties indien nodig.</t>
+  </si>
+  <si>
+    <t>Geef hieronder voor locaties met  &lt;30 bedden die niet-informatieplichtig zijn en moeten worden meegenomen in de offerte, het aantal locaties en het totaal aantal bedden op.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">Aantal te certificeren locaties &lt; 30 bedden en </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>niet informatieplichtig</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Totaal aantal bedden te certificeren locaties &lt; 30 bedden en </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>niet informatieplichtig</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">* Informatieplichtig = Als het jaarverbruik &gt;25.000 m3 aardgas óf &gt;50.000 kWh elektriciteit (inkoop + opwek) is. </t>
+  </si>
+  <si>
+    <t>** Aantal bedden: bij informatieplichtige locaties met 0 bedden geef in kolom 'opmerkingen' aan of het een hoofdkantoor of buitenpoli betreft</t>
+  </si>
+  <si>
+    <t>*** Locaties met een terrein groter dan 15.000 m2 en meerdere losstaande gebouwen.</t>
+  </si>
+  <si>
+    <t>mail het ingevulde formulier naar</t>
+  </si>
+  <si>
+    <t>info@milieuplatformzorg.nl</t>
+  </si>
+  <si>
+    <t>NB:</t>
+  </si>
+  <si>
+    <t>Voor uitbreiding van het aantal zorgvestigingen dat de zorgorganisatie wil meenemen in de keuring kan een nieuwe offerte worden aangevraagd en opdracht worden verleend. Dan start een nieuwe cyclus van 3 jaar (incl. de reeds gecertificeerde locaties) en de oude opdracht vervalt. Aanmeldkosten worden gerekend en de jaarlijkse bijdrage wordt aangepast aan het dan geldend aantal bedden of vloeroppervlakte. Vooruit betaalde kosten wordt verrekend.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Aanvullende informatie voor offerte certificeren Milieuthermometer Zorg
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="18"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Grote terreinen</t>
+    </r>
+  </si>
+  <si>
+    <t>Locaties met een terrein groter dan 15.000 m2 en meerdere losstaande gebouwen. Dit zijn vaak landparken of landgoederen.</t>
+  </si>
+  <si>
+    <t>Groot terrein 1</t>
+  </si>
+  <si>
+    <t>[Locatienaam]</t>
+  </si>
+  <si>
+    <t>Categorie</t>
+  </si>
+  <si>
+    <t>Aantal</t>
+  </si>
+  <si>
+    <t>opmerkingen</t>
+  </si>
+  <si>
+    <t>A= Aantal grote gebouwen met &gt; 30 bedden of informatieplichtig*</t>
+  </si>
+  <si>
+    <t>B= Aantal kleine gebouwen met &lt; 30 bedden en &gt; 500 m2</t>
+  </si>
+  <si>
+    <t>C= Aantal kleine gebouwen &lt; 500 m2</t>
+  </si>
+  <si>
+    <t>Totale terreinoppervlakte:</t>
+  </si>
+  <si>
+    <t>m2</t>
+  </si>
+  <si>
+    <t>Groot terrein 2</t>
+  </si>
+  <si>
+    <t>Groot terrein 3</t>
+  </si>
+  <si>
+    <t>Vul aan indien nodig.</t>
+  </si>
+  <si>
+    <t>certificering</t>
+  </si>
+  <si>
+    <t>mpz lid</t>
+  </si>
+  <si>
+    <t>brons</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>zilver</t>
+  </si>
+  <si>
+    <t>nee</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -585,73 +625,84 @@
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
@@ -719,139 +770,171 @@
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="46">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0066FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -861,51 +944,51 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>1025949</xdr:colOff>
+      <xdr:colOff>644949</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>25484</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Afbeelding 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{101A3421-6E04-6D4B-9F08-B989549226BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8543925" y="133350"/>
@@ -1277,851 +1360,869 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@milieuplatformzorg.nl?subject=aanvraagfromulier%20offerte%20Milieuthermometer%20Zorg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@milieuplatformzorg.nl?subject=aanvullende%20informatie%20offerte%20Milieuthermometer%20Zorg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{061E21A0-6892-4E44-A644-D8AADED75A42}">
   <sheetPr>
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J53"/>
+  <dimension ref="A1:J55"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="24.81640625" customWidth="1"/>
     <col min="2" max="2" width="29.1796875" customWidth="1"/>
     <col min="3" max="3" width="34.453125" customWidth="1"/>
     <col min="5" max="5" width="22.81640625" customWidth="1"/>
     <col min="6" max="6" width="9.54296875" customWidth="1"/>
     <col min="7" max="7" width="13.81640625" customWidth="1"/>
-    <col min="8" max="8" width="18" customWidth="1"/>
+    <col min="8" max="8" width="23.7265625" customWidth="1"/>
     <col min="9" max="9" width="32.1796875" customWidth="1"/>
     <col min="10" max="10" width="17.1796875" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="55.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="B3" s="7"/>
       <c r="E3" s="17" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F3" s="7"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="B4" s="7"/>
       <c r="E4" s="17" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F4" s="7"/>
       <c r="J4" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>6</v>
       </c>
       <c r="B5" s="7"/>
       <c r="E5" s="17" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F5" s="7"/>
       <c r="J5" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="B6" s="7"/>
       <c r="E6" s="17" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F6" s="7"/>
       <c r="J6" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="B7" s="7"/>
       <c r="J7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="B8" s="7"/>
       <c r="E8" s="17" t="s">
-        <v>32</v>
+        <v>15</v>
       </c>
       <c r="F8" s="7"/>
       <c r="J8" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="B10" s="7"/>
     </row>
     <row r="11" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B11" s="7"/>
-      <c r="G11" s="34" t="str" cm="1">
+      <c r="G11" s="36" t="str" cm="1">
         <f t="array" ref="G11">IF(SUMPRODUCT(--(G21:G32="ja"))&gt;0,"Let op: Er zitten één of meer zeer grote terreinen in de aanvraag. Vul het tabblad 'Grote terreinen' met aanvullende informatie.","")</f>
         <v/>
       </c>
-      <c r="H11" s="34"/>
-      <c r="I11" s="34"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="36"/>
     </row>
     <row r="12" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="B12" s="7"/>
-      <c r="G12" s="34"/>
-[...1 lines deleted...]
-      <c r="I12" s="34"/>
+      <c r="G12" s="36"/>
+      <c r="H12" s="36"/>
+      <c r="I12" s="36"/>
     </row>
     <row r="13" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="B13" s="7"/>
-      <c r="G13" s="34"/>
-[...1 lines deleted...]
-      <c r="I13" s="34"/>
+      <c r="G13" s="36"/>
+      <c r="H13" s="36"/>
+      <c r="I13" s="36"/>
     </row>
     <row r="14" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="G14" s="34"/>
-[...1 lines deleted...]
-      <c r="I14" s="34"/>
+      <c r="G14" s="36"/>
+      <c r="H14" s="36"/>
+      <c r="I14" s="36"/>
     </row>
     <row r="15" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="B15" s="10"/>
-      <c r="G15" s="34"/>
-[...1 lines deleted...]
-      <c r="I15" s="34"/>
+      <c r="G15" s="36"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="36"/>
     </row>
     <row r="16" spans="1:10" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B16" s="10"/>
-      <c r="G16" s="34"/>
-[...1 lines deleted...]
-      <c r="I16" s="34"/>
+      <c r="G16" s="36"/>
+      <c r="H16" s="36"/>
+      <c r="I16" s="36"/>
     </row>
     <row r="17" spans="1:9" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="B17" s="10"/>
-      <c r="G17" s="34"/>
-[...1 lines deleted...]
-      <c r="I17" s="34"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="36"/>
+      <c r="I17" s="36"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="B18" s="10"/>
       <c r="G18" s="13"/>
       <c r="H18" s="13"/>
     </row>
     <row r="19" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A19" s="32" t="s">
-[...9 lines deleted...]
-    <row r="20" spans="1:9" ht="32" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="37" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="37"/>
+      <c r="C19" s="37"/>
+      <c r="D19" s="37"/>
+      <c r="H19" s="34" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="1"/>
-      <c r="B20" s="28" t="s">
-[...21 lines deleted...]
-        <v>13</v>
+      <c r="B20" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F20" s="25" t="s">
+        <v>27</v>
+      </c>
+      <c r="G20" s="26" t="s">
+        <v>28</v>
+      </c>
+      <c r="H20" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>52</v>
+        <v>31</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="14"/>
-      <c r="H21" s="21"/>
-      <c r="I21" s="41"/>
+      <c r="H21" s="19"/>
+      <c r="I21" s="32"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
-        <v>53</v>
+        <v>32</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="14"/>
-      <c r="H22" s="22"/>
-      <c r="I22" s="42"/>
+      <c r="H22" s="20"/>
+      <c r="I22" s="33"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="11"/>
       <c r="F23" s="11"/>
       <c r="G23" s="14"/>
-      <c r="H23" s="22"/>
-      <c r="I23" s="42"/>
+      <c r="H23" s="20"/>
+      <c r="I23" s="33"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11"/>
       <c r="F24" s="11"/>
       <c r="G24" s="14"/>
-      <c r="H24" s="22"/>
-      <c r="I24" s="42"/>
+      <c r="H24" s="20"/>
+      <c r="I24" s="33"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="B25" s="11"/>
       <c r="C25" s="11"/>
       <c r="D25" s="11"/>
       <c r="E25" s="11"/>
       <c r="F25" s="11"/>
       <c r="G25" s="14"/>
-      <c r="H25" s="22"/>
-      <c r="I25" s="42"/>
+      <c r="H25" s="20"/>
+      <c r="I25" s="33"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="B26" s="11"/>
       <c r="C26" s="11"/>
       <c r="D26" s="11"/>
       <c r="E26" s="11"/>
       <c r="F26" s="11"/>
       <c r="G26" s="14"/>
-      <c r="H26" s="22"/>
-      <c r="I26" s="42"/>
+      <c r="H26" s="20"/>
+      <c r="I26" s="33"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="B27" s="11"/>
       <c r="C27" s="11"/>
       <c r="D27" s="11"/>
       <c r="E27" s="11"/>
       <c r="F27" s="11"/>
       <c r="G27" s="14"/>
-      <c r="H27" s="22"/>
-      <c r="I27" s="42"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="33"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="B28" s="11"/>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11"/>
       <c r="F28" s="11"/>
       <c r="G28" s="14"/>
-      <c r="H28" s="22"/>
-      <c r="I28" s="42"/>
+      <c r="H28" s="20"/>
+      <c r="I28" s="33"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="B29" s="11"/>
       <c r="C29" s="11"/>
       <c r="D29" s="11"/>
       <c r="E29" s="11"/>
       <c r="F29" s="11"/>
       <c r="G29" s="14"/>
-      <c r="H29" s="22"/>
-      <c r="I29" s="42"/>
+      <c r="H29" s="20"/>
+      <c r="I29" s="33"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="11"/>
       <c r="D30" s="11"/>
       <c r="E30" s="11"/>
       <c r="F30" s="11"/>
       <c r="G30" s="14"/>
-      <c r="H30" s="22"/>
-      <c r="I30" s="42"/>
+      <c r="H30" s="20"/>
+      <c r="I30" s="33"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="B31" s="11"/>
       <c r="C31" s="11"/>
       <c r="D31" s="11"/>
       <c r="E31" s="11"/>
       <c r="F31" s="11"/>
       <c r="G31" s="14"/>
-      <c r="H31" s="22"/>
-      <c r="I31" s="42"/>
+      <c r="H31" s="20"/>
+      <c r="I31" s="33"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="B32" s="11"/>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11"/>
       <c r="F32" s="11"/>
       <c r="G32" s="14"/>
-      <c r="H32" s="22"/>
-      <c r="I32" s="42"/>
+      <c r="H32" s="20"/>
+      <c r="I32" s="33"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="15" t="s">
-        <v>14</v>
-[...18 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="B35" s="38"/>
+      <c r="C35" s="38"/>
+    </row>
+    <row r="36" spans="1:8" ht="20.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A36" s="39" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="40"/>
+      <c r="C36" s="40"/>
+      <c r="D36" s="41"/>
+      <c r="E36" s="18"/>
+    </row>
+    <row r="37" spans="1:8" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="A37" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B37" s="40"/>
+      <c r="C37" s="40"/>
+      <c r="D37" s="41"/>
+      <c r="E37" s="18"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="12" t="s">
-        <v>36</v>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" s="22" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="21" t="s">
+        <v>48</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A41" s="2" t="s">
-[...5 lines deleted...]
-        <v>17</v>
+      <c r="A41" s="12" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A43" s="4"/>
+      <c r="A43" s="2" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A44" s="2" t="s">
-        <v>18</v>
+      <c r="A44" s="4" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A45" s="26" t="s">
-[...8 lines deleted...]
-      <c r="H45" s="26"/>
+      <c r="A45" s="4"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A46" s="26"/>
-[...6 lines deleted...]
-      <c r="H46" s="26"/>
+      <c r="A46" s="2" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A47" s="26"/>
-[...15 lines deleted...]
-      <c r="A53"/>
+      <c r="A47" s="35" t="s">
+        <v>53</v>
+      </c>
+      <c r="B47" s="35"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="35"/>
+      <c r="E47" s="35"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="35"/>
+      <c r="H47" s="35"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A48" s="35"/>
+      <c r="B48" s="35"/>
+      <c r="C48" s="35"/>
+      <c r="D48" s="35"/>
+      <c r="E48" s="35"/>
+      <c r="F48" s="35"/>
+      <c r="G48" s="35"/>
+      <c r="H48" s="35"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A49" s="35"/>
+      <c r="B49" s="35"/>
+      <c r="C49" s="35"/>
+      <c r="D49" s="35"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="35"/>
+      <c r="G49" s="35"/>
+      <c r="H49" s="35"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A51" s="2"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A52" s="3"/>
+    </row>
+    <row r="55" spans="1:8" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A55"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-    <mergeCell ref="A45:H47"/>
+  <mergeCells count="6">
+    <mergeCell ref="A47:H49"/>
     <mergeCell ref="G11:I17"/>
     <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:D36"/>
+    <mergeCell ref="A37:D37"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="G18:H18">
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>$G$19="ja"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B4" xr:uid="{B88A55F8-D32C-4EC0-8C86-4A6A51F7441C}">
       <formula1>$J$4:$J$8</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A42" r:id="rId1" xr:uid="{36880C86-094C-4819-93E5-1A332A3E3F53}"/>
+    <hyperlink ref="A44" r:id="rId1" xr:uid="{36880C86-094C-4819-93E5-1A332A3E3F53}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B0892EB9-9675-4AF7-8964-4EAF74DD3618}">
           <x14:formula1>
             <xm:f>Blad2!$C$2:$C$4</xm:f>
           </x14:formula1>
           <xm:sqref>F3:F4 F8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E836E6ED-48D1-428C-88C7-67CE4CC38307}">
           <x14:formula1>
             <xm:f>Blad2!$A$2:$A$4</xm:f>
           </x14:formula1>
           <xm:sqref>F5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2CBD6BC9-3A0D-491E-B261-3651F8A5E84B}">
           <x14:formula1>
             <xm:f>Blad2!$C$3:$C$4</xm:f>
           </x14:formula1>
           <xm:sqref>G21:G32</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6D5BB58-DBFC-4E74-A1E7-202AE4858154}">
   <sheetPr>
     <tabColor rgb="FF0066FF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="58.08984375" customWidth="1"/>
+    <col min="1" max="1" width="58.1796875" customWidth="1"/>
     <col min="3" max="3" width="36.81640625" customWidth="1"/>
     <col min="4" max="4" width="17.1796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="25" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="25"/>
+      <c r="A1" s="44" t="s">
+        <v>54</v>
+      </c>
+      <c r="B1" s="44"/>
+      <c r="C1" s="44"/>
     </row>
     <row r="2" spans="1:4" ht="26" x14ac:dyDescent="0.6">
       <c r="A2" s="6"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A3" s="35" t="s">
-[...3 lines deleted...]
-      <c r="C3" s="35"/>
+      <c r="A3" s="45" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="45"/>
+      <c r="C3" s="45"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A4" s="35"/>
-[...1 lines deleted...]
-      <c r="C4" s="35"/>
+      <c r="A4" s="45"/>
+      <c r="B4" s="45"/>
+      <c r="C4" s="45"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" s="12" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-      <c r="C7" s="39"/>
+        <v>56</v>
+      </c>
+      <c r="B7" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" s="43"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="8" t="s">
-        <v>21</v>
-[...9 lines deleted...]
-    <row r="9" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" s="23"/>
+    </row>
+    <row r="9" spans="1:4" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="B9" s="7"/>
-      <c r="C9" s="40"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C9" s="31"/>
+    </row>
+    <row r="10" spans="1:4" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="9" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="B10" s="7"/>
-      <c r="C10" s="40"/>
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="C10" s="31"/>
+    </row>
+    <row r="11" spans="1:4" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="30" t="s">
+        <v>63</v>
       </c>
       <c r="B11" s="7"/>
-      <c r="C11" s="40"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C11" s="31"/>
+    </row>
+    <row r="12" spans="1:4" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B12" s="37"/>
+        <v>64</v>
+      </c>
+      <c r="B12" s="29"/>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A14" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B14" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="39"/>
+      <c r="B14" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="43"/>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A15" s="8" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="B15" s="8" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="9" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="B16" s="7"/>
-      <c r="C16" s="40"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C16" s="31"/>
+    </row>
+    <row r="17" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="9" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="B17" s="7"/>
-      <c r="C17" s="40"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="31"/>
+    </row>
+    <row r="18" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="9" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="B18" s="7"/>
-      <c r="C18" s="40"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="31"/>
+    </row>
+    <row r="19" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B19" s="37"/>
+        <v>64</v>
+      </c>
+      <c r="B19" s="29"/>
       <c r="C19" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21" s="12" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="39" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="39"/>
+      <c r="B21" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="43"/>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="8" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="B22" s="8" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="C22" s="8" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="B23" s="7"/>
-      <c r="C23" s="40"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="31"/>
+    </row>
+    <row r="24" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="B24" s="7"/>
-      <c r="C24" s="40"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="31"/>
+    </row>
+    <row r="25" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="B25" s="7"/>
-      <c r="C25" s="40"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:3" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C25" s="31"/>
+    </row>
+    <row r="26" spans="1:3" ht="14.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B26" s="37"/>
+        <v>64</v>
+      </c>
+      <c r="B26" s="29"/>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A28" s="16" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:C4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A31" r:id="rId1" xr:uid="{55187A2F-FB82-44C4-B622-E21AA031F69D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F264B9B4-276A-49EC-9678-28F3CBB419AE}">
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="C1" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Extern_x0020_gedeeld_x003f_ xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">onbekend</Extern_x0020_gedeeld_x003f_>
     <TaxCatchAll xmlns="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="99ec08a881528fbc015030cf7d1c487f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea913bf8c654b6b8b745ae44bae9876e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="c065cc45f02b2535f69b8d60a65be5e0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="61a9e7e6831ae3cf185fd6e72792b2bd" ns2:_="" ns3:_="">
     <xsd:import namespace="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <xsd:import namespace="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:Extern_x0020_gedeeld_x003f_" minOccurs="0"/>
               </xsd:all>
@@ -2337,66 +2438,60 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84FCADB5-5FCA-466D-8281-46A3D46D3E8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9046C37-698B-439D-92F7-99B0FD7373BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{773CE5CC-4720-4849-96F7-2BFF423F1050}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF875D89-5BD5-497C-A9F0-990CDEFBCCC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>