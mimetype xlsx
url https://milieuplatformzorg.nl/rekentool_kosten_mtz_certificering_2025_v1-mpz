--- v0 (2025-10-03)
+++ v1 (2025-12-23)
@@ -11,102 +11,127 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26327"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://stimular.sharepoint.com/Gedeelde documenten/Lopende projecten MPZ/5. Projecten/1. Milieuthermometer Zorg/3. Certificering/1. Offertes/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\j.debree\Documents\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="13_ncr:1_{8E07671A-B21C-4FF7-ABB7-69AD263A390E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{314F2135-88D5-4335-AF54-34AB8D27DCF5}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A68BB187-E009-45B1-8DE9-3A9F176D6E61}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="808" xr2:uid="{D0A170B7-95C9-4AA0-ACAE-2379CBEB3BD2}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="808" xr2:uid="{D0A170B7-95C9-4AA0-ACAE-2379CBEB3BD2}"/>
   </bookViews>
   <sheets>
     <sheet name="START" sheetId="17" r:id="rId1"/>
     <sheet name="ZIEKENHUIS" sheetId="18" r:id="rId2"/>
     <sheet name="LANGDURIGE ZORG" sheetId="19" r:id="rId3"/>
     <sheet name="NIET INTRAMURAAL" sheetId="20" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_Order1" hidden="1">255</definedName>
     <definedName name="_Order2" hidden="1">255</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C31" i="18" l="1"/>
-[...1 lines deleted...]
-  <c r="I27" i="20"/>
+  <c r="I27" i="20" l="1"/>
   <c r="I26" i="20"/>
   <c r="I25" i="20"/>
   <c r="F27" i="20"/>
   <c r="F26" i="20"/>
   <c r="F25" i="20"/>
+  <c r="I28" i="18"/>
+  <c r="I27" i="18"/>
+  <c r="I26" i="18"/>
+  <c r="F28" i="18"/>
+  <c r="F27" i="18"/>
+  <c r="F26" i="18"/>
+  <c r="C12" i="18" l="1"/>
+  <c r="E12" i="18"/>
+  <c r="F12" i="18"/>
+  <c r="G12" i="18"/>
+  <c r="H12" i="18"/>
+  <c r="I12" i="18"/>
+  <c r="J12" i="18"/>
+  <c r="K12" i="18"/>
+  <c r="L12" i="18"/>
+  <c r="M12" i="18"/>
+  <c r="N12" i="18"/>
+  <c r="O12" i="18"/>
+  <c r="P12" i="18"/>
+  <c r="Q12" i="18"/>
+  <c r="R12" i="18"/>
+  <c r="S12" i="18"/>
+  <c r="T12" i="18"/>
+  <c r="U12" i="18"/>
+  <c r="V12" i="18"/>
+  <c r="D12" i="18"/>
+  <c r="D21" i="18"/>
   <c r="O21" i="19"/>
   <c r="E15" i="20"/>
   <c r="F15" i="20"/>
   <c r="G15" i="20"/>
   <c r="H15" i="20"/>
   <c r="I15" i="20"/>
   <c r="J15" i="20"/>
   <c r="K15" i="20"/>
   <c r="L15" i="20"/>
   <c r="M15" i="20"/>
   <c r="N15" i="20"/>
   <c r="O15" i="20"/>
   <c r="P15" i="20"/>
   <c r="Q15" i="20"/>
   <c r="R15" i="20"/>
   <c r="S15" i="20"/>
   <c r="T15" i="20"/>
   <c r="U15" i="20"/>
   <c r="V15" i="20"/>
   <c r="D15" i="20"/>
   <c r="C15" i="20"/>
   <c r="C20" i="20"/>
   <c r="C19" i="20"/>
   <c r="C12" i="20"/>
   <c r="I30" i="20" s="1"/>
@@ -213,172 +238,164 @@
   <c r="E16" i="19"/>
   <c r="D16" i="19"/>
   <c r="C16" i="19"/>
   <c r="C15" i="18"/>
   <c r="E21" i="18"/>
   <c r="F21" i="18"/>
   <c r="G21" i="18"/>
   <c r="H21" i="18"/>
   <c r="I21" i="18"/>
   <c r="J21" i="18"/>
   <c r="K21" i="18"/>
   <c r="L21" i="18"/>
   <c r="M21" i="18"/>
   <c r="N21" i="18"/>
   <c r="O21" i="18"/>
   <c r="P21" i="18"/>
   <c r="Q21" i="18"/>
   <c r="R21" i="18"/>
   <c r="S21" i="18"/>
   <c r="T21" i="18"/>
   <c r="U21" i="18"/>
   <c r="V21" i="18"/>
   <c r="C21" i="18"/>
   <c r="D20" i="18"/>
   <c r="E20" i="18"/>
-  <c r="C30" i="18" s="1"/>
   <c r="F20" i="18"/>
   <c r="G20" i="18"/>
   <c r="H20" i="18"/>
   <c r="I20" i="18"/>
   <c r="J20" i="18"/>
   <c r="K20" i="18"/>
   <c r="L20" i="18"/>
   <c r="M20" i="18"/>
   <c r="N20" i="18"/>
   <c r="O20" i="18"/>
   <c r="P20" i="18"/>
   <c r="Q20" i="18"/>
   <c r="R20" i="18"/>
   <c r="S20" i="18"/>
   <c r="T20" i="18"/>
   <c r="U20" i="18"/>
   <c r="V20" i="18"/>
   <c r="C20" i="18"/>
   <c r="W17" i="18"/>
-  <c r="C12" i="18" s="1"/>
   <c r="D15" i="18"/>
   <c r="E15" i="18"/>
   <c r="F15" i="18"/>
   <c r="G15" i="18"/>
   <c r="H15" i="18"/>
   <c r="I15" i="18"/>
   <c r="J15" i="18"/>
   <c r="K15" i="18"/>
   <c r="L15" i="18"/>
   <c r="M15" i="18"/>
   <c r="N15" i="18"/>
   <c r="O15" i="18"/>
   <c r="P15" i="18"/>
   <c r="Q15" i="18"/>
   <c r="R15" i="18"/>
   <c r="S15" i="18"/>
   <c r="T15" i="18"/>
   <c r="U15" i="18"/>
   <c r="V15" i="18"/>
   <c r="K31" i="18"/>
-  <c r="K28" i="18" s="1"/>
-  <c r="W18" i="19" l="1"/>
+  <c r="C30" i="18" l="1"/>
+  <c r="W12" i="18"/>
+  <c r="I31" i="18" s="1"/>
+  <c r="W18" i="19"/>
   <c r="C12" i="19" s="1"/>
   <c r="I32" i="19" s="1"/>
   <c r="C21" i="20"/>
   <c r="C25" i="20" s="1"/>
   <c r="I11" i="20"/>
   <c r="I29" i="20"/>
   <c r="C24" i="19"/>
   <c r="C29" i="19" s="1"/>
   <c r="I12" i="19"/>
   <c r="F29" i="20"/>
   <c r="F30" i="20"/>
-  <c r="I31" i="18"/>
   <c r="C11" i="18"/>
-  <c r="I30" i="18" s="1"/>
-[...1 lines deleted...]
-  <c r="I11" i="18"/>
   <c r="C22" i="18"/>
   <c r="C28" i="18" s="1"/>
-  <c r="F32" i="19" l="1"/>
+  <c r="F31" i="18" l="1"/>
+  <c r="I30" i="18"/>
+  <c r="F30" i="18"/>
+  <c r="F32" i="19"/>
   <c r="C13" i="19"/>
   <c r="I33" i="19" s="1"/>
   <c r="H25" i="20"/>
   <c r="E25" i="20"/>
   <c r="C26" i="20"/>
   <c r="C27" i="20"/>
   <c r="E29" i="19"/>
   <c r="F29" i="19" s="1"/>
   <c r="H29" i="19"/>
   <c r="I29" i="19" s="1"/>
   <c r="C30" i="19"/>
   <c r="H30" i="19" s="1"/>
   <c r="I30" i="19" s="1"/>
   <c r="C28" i="19"/>
   <c r="H28" i="19" s="1"/>
   <c r="I28" i="19" s="1"/>
   <c r="H28" i="18"/>
-  <c r="I28" i="18" s="1"/>
   <c r="E28" i="18"/>
-  <c r="F28" i="18" s="1"/>
-  <c r="F30" i="18"/>
   <c r="C26" i="18"/>
   <c r="C27" i="18"/>
   <c r="F33" i="19" l="1"/>
   <c r="H27" i="20"/>
   <c r="E27" i="20"/>
   <c r="H26" i="20"/>
   <c r="E26" i="20"/>
   <c r="C28" i="20"/>
   <c r="I28" i="20" s="1"/>
   <c r="E28" i="19"/>
   <c r="F28" i="19" s="1"/>
   <c r="E30" i="19"/>
   <c r="F30" i="19" s="1"/>
   <c r="C31" i="19"/>
   <c r="I31" i="19" s="1"/>
   <c r="E27" i="18"/>
-  <c r="F27" i="18" s="1"/>
   <c r="H27" i="18"/>
-  <c r="I27" i="18" s="1"/>
   <c r="E26" i="18"/>
-  <c r="F26" i="18" s="1"/>
   <c r="H26" i="18"/>
-  <c r="I26" i="18" s="1"/>
   <c r="C29" i="18"/>
   <c r="I29" i="18" s="1"/>
   <c r="I31" i="20" l="1"/>
   <c r="F28" i="20"/>
   <c r="F31" i="20" s="1"/>
   <c r="I34" i="19"/>
   <c r="F31" i="19"/>
   <c r="F34" i="19" s="1"/>
   <c r="I32" i="18"/>
   <c r="F29" i="18"/>
   <c r="F32" i="18" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="94">
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>nee</t>
   </si>
   <si>
     <t>Milieuthermometer zorg</t>
   </si>
   <si>
     <t>Rekentool voor kosten certificering</t>
   </si>
   <si>
     <t>Vereniging Milieuplatform Zorgsector (MPZ), is een vereniging van intramurale instellingen die werkt aan kennisontwikkeling en kennisverspreiding voor een duurzame bedrijfsvoering.</t>
   </si>
   <si>
     <t>www.milieuplatformzorg.nl</t>
   </si>
   <si>
     <t xml:space="preserve">Ik wil offerte aanvragen voor: </t>
   </si>
   <si>
     <t>info@milieuplatformzorg.nl</t>
   </si>
   <si>
@@ -394,53 +411,50 @@
     <t>LANGDURIGE ZORG</t>
   </si>
   <si>
     <t>Ouderenzorg, gehandicaptenzorg, ggz, thuiszorg, RIBW</t>
   </si>
   <si>
     <t>NIET INTRAMURAAL</t>
   </si>
   <si>
     <t>Diagnostisch centra, ZBC, e.d.</t>
   </si>
   <si>
     <t>Niet zeker waar je onder valt? Neem dan contact op met MPZ voor indicatie op maat.</t>
   </si>
   <si>
     <t>De Milieuthermometer Zorg is eigendom van Vereniging Milieuplatform Zorgsector (MPZ) en SMK (Stichting Milieukeur, 2025.</t>
   </si>
   <si>
     <t>ZIEKENHUIZEN 2025</t>
   </si>
   <si>
     <t>↓ Vul de gele velden in</t>
   </si>
   <si>
     <t>Eerste certificering?</t>
-  </si>
-[...1 lines deleted...]
-    <t>* Met locatie wordt 'inrichting' bedoeld zoals in de Wet Milieubeheer.</t>
   </si>
   <si>
     <t>Milieu Platform Zorg lid?</t>
   </si>
   <si>
     <t>Aantal locaties, inclusief buitenpoli's, om</t>
   </si>
   <si>
     <t>mee te nemen in de certificering?*</t>
   </si>
   <si>
     <t>Meer dan 20 locaties? Neem dan contact op met MPZ voor een kostenindicatie</t>
   </si>
   <si>
     <t>Locatie 4</t>
   </si>
   <si>
     <t>Aanmeldkosten</t>
   </si>
   <si>
     <t>Jaarlijkse bijdrage</t>
   </si>
   <si>
     <t>↓ Vul alle gele velden hieronder in tot ze groen worden.</t>
   </si>
@@ -582,98 +596,110 @@
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Een locatie met een energieverbruik van minder dan 50.000 kWh en 25.000 m3 aardgas op jaarbasis is niet informatieplichtig</t>
     </r>
   </si>
   <si>
     <t>Aantal locaties om mee te nemen in de certificering:*</t>
   </si>
   <si>
     <t>Aantal informatieplichtig:</t>
   </si>
   <si>
     <t>Aantal niet-informatieplichtig:**</t>
   </si>
   <si>
     <t>Meer dan 20 informatieplichtige locaties? Neem dan contact op met MPZ voor een kostenindicatie</t>
   </si>
   <si>
-    <t>Aantal locaties groter dan 15.000 m2:</t>
-[...1 lines deleted...]
-  <si>
     <t>Neem contact op met MPZ voor een offerte op maat.</t>
   </si>
   <si>
     <t>Informatieplichtige locaties:</t>
   </si>
   <si>
     <t>Als bedden is nul, betreft het hoofdkantoor?</t>
   </si>
   <si>
     <t>N = 1 voor &gt;30 bedden en N=0,5 voor &lt;30 bedden</t>
   </si>
   <si>
     <t>N = 1 voor hoofdkantoren, N=0,5 voor kleine kantoren</t>
   </si>
   <si>
     <t>N = 0,2 tm 5 zeer kleine loc daarna N=0</t>
   </si>
   <si>
     <t>Let op: Er lijkt géén locatie bij te zitten met meer dan 30 bedden of een hoofdkantoor. Er moet altijd minimaal één locatie gekeurd worden volgens het hoofdschema van de langdurige zorg.</t>
   </si>
   <si>
     <t>NIET INTRAMURAAL 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Aantal locaties om mee te nemen in de </t>
   </si>
   <si>
     <t>certificering?</t>
   </si>
   <si>
     <t>Bruto vloeroppervlak in m2:</t>
   </si>
   <si>
     <t>Jaarlijkse kosten (per jaar per locatie)</t>
   </si>
+  <si>
+    <t>totale jaarlijkse kosten</t>
+  </si>
+  <si>
+    <t>Aantal locaties met een terrein groter dan 15.000 m2:</t>
+  </si>
+  <si>
+    <t>↓ Vul alle gele velden in</t>
+  </si>
+  <si>
+    <t>* Een locatie is gedefinieerd als een begrensd terrein met daarop activiteiten van de organisatie.</t>
+  </si>
+  <si>
+    <t>Dec 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="50">
+  <fonts count="52">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -976,50 +1002,67 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1317,51 +1360,51 @@
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="143">
+  <cellXfs count="149">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="3" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="5" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="5" fillId="5" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1478,50 +1521,60 @@
     <xf numFmtId="0" fontId="35" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="47" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="48" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="44" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="9" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="45" fillId="9" borderId="0" xfId="3" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="49" fontId="16" fillId="9" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="26" fillId="9" borderId="10" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="9" borderId="11" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="9" borderId="12" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="9" borderId="5" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="9" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -1585,86 +1638,91 @@
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="10" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="10" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="10" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="41" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="32" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="11" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="51" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Hyperlink 2" xfId="4" xr:uid="{E5FAE564-37C9-4BD8-8105-A5ADA87824F3}"/>
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Standaard 2" xfId="3" xr:uid="{72D7E40F-FAE3-406A-8656-9C915F6DAEBB}"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
-  <dxfs count="162">
+  <dxfs count="181">
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
@@ -2700,56 +2758,56 @@
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
+        <color rgb="FFC00000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
         <color theme="0"/>
-      </font>
-[...3 lines deleted...]
-        <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
@@ -3015,102 +3073,102 @@
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
-      </border>
-[...24 lines deleted...]
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color theme="0"/>
         </left>
         <right style="thin">
           <color theme="0"/>
         </right>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
@@ -3137,101 +3195,196 @@
       <font>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0" tint="-0.34998626667073579"/>
       </font>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFFF00"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <border>
         <left style="thin">
           <color theme="0"/>
         </left>
         <right style="thin">
           <color theme="0"/>
         </right>
         <top style="thin">
           <color theme="0"/>
         </top>
         <bottom style="thin">
           <color theme="0"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
-      <fill>
-[...22 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color auto="1"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
@@ -4098,51 +4251,51 @@
         </a:effectLst>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>20731</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>86471</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>429323</xdr:colOff>
       <xdr:row>14</xdr:row>
-      <xdr:rowOff>90381</xdr:rowOff>
+      <xdr:rowOff>84031</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Afbeelding 3" descr="Afbeeldingsresultaat voor milieuthermometer">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26BFDB0C-8567-4838-B925-9B7A696D9F05}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="30990"/>
         <a:stretch/>
       </xdr:blipFill>
@@ -4518,91 +4671,91 @@
         <a:xfrm>
           <a:off x="9154083" y="3849033"/>
           <a:ext cx="196292" cy="196292"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Thema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -4664,51 +4817,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -4806,95 +4959,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://milieuplatformzorg.nl/milieuthermometer/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@milieuplatformzorg.nl" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.milieuplatformzorg.nl/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smk.nl/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smk.nl/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.smk.nl/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A0CCCB3-D3FD-4BB5-9FE7-171AB7D0F400}">
   <sheetPr>
     <tabColor theme="1" tint="0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:Y44"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="2" width="4.140625" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="18" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="2" width="4.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.1796875" style="1"/>
+    <col min="4" max="4" width="3.26953125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="9.1796875" style="1"/>
+    <col min="6" max="6" width="29.1796875" style="1" customWidth="1"/>
+    <col min="7" max="13" width="9.1796875" style="1"/>
+    <col min="14" max="14" width="15.7265625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="3.7265625" style="1" customWidth="1"/>
+    <col min="16" max="17" width="15.7265625" style="1" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" s="87"/>
       <c r="X1" s="54"/>
       <c r="Y1" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="X2" s="54" t="s">
         <v>0</v>
       </c>
       <c r="Y2" s="54">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="X3" s="54" t="s">
         <v>1</v>
       </c>
       <c r="Y3" s="54">
         <v>2</v>
       </c>
     </row>
@@ -4967,933 +5118,986 @@
       <c r="J8" s="64"/>
       <c r="K8" s="64"/>
       <c r="L8" s="64"/>
       <c r="M8" s="64"/>
       <c r="N8" s="64"/>
       <c r="O8" s="64"/>
       <c r="P8" s="64"/>
       <c r="Q8" s="67"/>
       <c r="X8" s="54"/>
       <c r="Y8" s="54">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:25" ht="15" customHeight="1">
       <c r="C9" s="63"/>
       <c r="D9" s="64"/>
       <c r="E9" s="77"/>
       <c r="F9" s="78"/>
       <c r="G9" s="77"/>
       <c r="H9" s="64"/>
       <c r="I9" s="79"/>
       <c r="J9" s="64"/>
       <c r="K9" s="64"/>
       <c r="L9" s="64"/>
       <c r="M9" s="64"/>
-      <c r="N9" s="106" t="s">
+      <c r="N9" s="110" t="s">
         <v>4</v>
       </c>
-      <c r="O9" s="106"/>
-[...1 lines deleted...]
-      <c r="Q9" s="107"/>
+      <c r="O9" s="110"/>
+      <c r="P9" s="110"/>
+      <c r="Q9" s="111"/>
       <c r="X9" s="54"/>
       <c r="Y9" s="54">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:25" ht="15">
+    <row r="10" spans="1:25" ht="14.5">
       <c r="C10" s="63"/>
       <c r="D10" s="64"/>
       <c r="E10" s="77"/>
       <c r="F10" s="80"/>
       <c r="G10" s="77"/>
       <c r="H10" s="64"/>
       <c r="I10" s="64"/>
       <c r="J10" s="64"/>
       <c r="K10" s="64"/>
       <c r="L10" s="64"/>
       <c r="M10" s="64"/>
-      <c r="N10" s="106"/>
-[...2 lines deleted...]
-      <c r="Q10" s="107"/>
+      <c r="N10" s="110"/>
+      <c r="O10" s="110"/>
+      <c r="P10" s="110"/>
+      <c r="Q10" s="111"/>
       <c r="X10" s="54"/>
       <c r="Y10" s="54">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="C11" s="63"/>
       <c r="D11" s="64"/>
       <c r="E11" s="64"/>
-      <c r="F11" s="64"/>
+      <c r="F11" s="104" t="s">
+        <v>93</v>
+      </c>
       <c r="G11" s="64"/>
       <c r="H11" s="64"/>
       <c r="I11" s="64"/>
       <c r="J11" s="64"/>
       <c r="K11" s="64"/>
       <c r="L11" s="64"/>
       <c r="M11" s="64"/>
-      <c r="N11" s="106"/>
-[...2 lines deleted...]
-      <c r="Q11" s="107"/>
+      <c r="N11" s="110"/>
+      <c r="O11" s="110"/>
+      <c r="P11" s="110"/>
+      <c r="Q11" s="111"/>
       <c r="X11" s="54"/>
       <c r="Y11" s="54">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:25" ht="21">
       <c r="C12" s="63"/>
       <c r="D12" s="64"/>
       <c r="E12" s="64"/>
       <c r="F12" s="64"/>
       <c r="G12" s="81"/>
       <c r="H12" s="64"/>
       <c r="I12" s="64"/>
       <c r="J12" s="64"/>
       <c r="K12" s="64"/>
       <c r="L12" s="64"/>
       <c r="M12" s="64"/>
-      <c r="N12" s="106"/>
-[...2 lines deleted...]
-      <c r="Q12" s="107"/>
+      <c r="N12" s="110"/>
+      <c r="O12" s="110"/>
+      <c r="P12" s="110"/>
+      <c r="Q12" s="111"/>
       <c r="X12" s="54"/>
       <c r="Y12" s="54">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:25" ht="23.25" customHeight="1">
       <c r="C13" s="63"/>
       <c r="D13" s="64"/>
       <c r="E13" s="64"/>
       <c r="F13" s="82"/>
       <c r="G13" s="83"/>
       <c r="H13" s="64"/>
       <c r="I13" s="84"/>
       <c r="J13" s="64"/>
       <c r="K13" s="64"/>
       <c r="L13" s="64"/>
       <c r="M13" s="64"/>
-      <c r="N13" s="106"/>
-[...2 lines deleted...]
-      <c r="Q13" s="107"/>
+      <c r="N13" s="110"/>
+      <c r="O13" s="110"/>
+      <c r="P13" s="110"/>
+      <c r="Q13" s="111"/>
       <c r="X13" s="54"/>
       <c r="Y13" s="54">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:25" ht="18.75" customHeight="1">
       <c r="C14" s="63"/>
       <c r="D14" s="64"/>
       <c r="E14" s="64"/>
       <c r="F14" s="64"/>
       <c r="G14" s="69"/>
       <c r="H14" s="64"/>
       <c r="I14" s="84"/>
       <c r="J14" s="64"/>
       <c r="K14" s="64"/>
       <c r="L14" s="64"/>
       <c r="M14" s="64"/>
-      <c r="N14" s="108" t="s">
+      <c r="N14" s="112" t="s">
         <v>5</v>
       </c>
-      <c r="O14" s="108"/>
-[...1 lines deleted...]
-      <c r="Q14" s="109"/>
+      <c r="O14" s="112"/>
+      <c r="P14" s="112"/>
+      <c r="Q14" s="113"/>
       <c r="X14" s="54"/>
       <c r="Y14" s="54">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="1:25" ht="17.45" customHeight="1">
+    <row r="15" spans="1:25" ht="17.5" customHeight="1">
       <c r="C15" s="63"/>
       <c r="D15" s="64"/>
       <c r="E15" s="64"/>
       <c r="F15" s="100" t="s">
         <v>6</v>
       </c>
       <c r="G15" s="77"/>
       <c r="H15" s="64"/>
       <c r="I15" s="64"/>
       <c r="J15" s="64"/>
       <c r="K15" s="64"/>
       <c r="L15" s="64"/>
       <c r="M15" s="64"/>
-      <c r="N15" s="108" t="s">
+      <c r="N15" s="112" t="s">
         <v>7</v>
       </c>
-      <c r="O15" s="110"/>
-[...1 lines deleted...]
-      <c r="Q15" s="111"/>
+      <c r="O15" s="114"/>
+      <c r="P15" s="114"/>
+      <c r="Q15" s="115"/>
       <c r="X15" s="54"/>
       <c r="Y15" s="54">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:25" ht="14.25" customHeight="1">
       <c r="C16" s="63"/>
       <c r="D16" s="64"/>
       <c r="E16" s="64"/>
       <c r="F16" s="64"/>
       <c r="G16" s="64"/>
       <c r="H16" s="64"/>
       <c r="I16" s="64"/>
       <c r="J16" s="64"/>
       <c r="K16" s="64"/>
       <c r="L16" s="64"/>
       <c r="M16" s="64"/>
-      <c r="N16" s="112" t="s">
+      <c r="N16" s="116" t="s">
         <v>8</v>
       </c>
-      <c r="O16" s="112"/>
-[...1 lines deleted...]
-      <c r="Q16" s="113"/>
+      <c r="O16" s="116"/>
+      <c r="P16" s="116"/>
+      <c r="Q16" s="117"/>
       <c r="X16" s="54"/>
       <c r="Y16" s="54">
         <v>15</v>
       </c>
     </row>
-    <row r="17" spans="3:25" ht="24.95" customHeight="1" thickBot="1">
+    <row r="17" spans="3:25" ht="25" customHeight="1" thickBot="1">
       <c r="C17" s="63"/>
       <c r="D17" s="64"/>
       <c r="E17" s="64"/>
       <c r="F17" s="85" t="s">
         <v>9</v>
       </c>
-      <c r="G17" s="117" t="s">
+      <c r="G17" s="121" t="s">
         <v>10</v>
       </c>
-      <c r="H17" s="118"/>
-[...1 lines deleted...]
-      <c r="J17" s="118"/>
+      <c r="H17" s="122"/>
+      <c r="I17" s="122"/>
+      <c r="J17" s="122"/>
       <c r="K17" s="64"/>
       <c r="L17" s="64"/>
       <c r="M17" s="64"/>
       <c r="N17" s="64"/>
       <c r="O17" s="64"/>
       <c r="P17" s="64"/>
       <c r="Q17" s="67"/>
       <c r="X17" s="54"/>
       <c r="Y17" s="54">
         <v>16</v>
       </c>
     </row>
-    <row r="18" spans="3:25" ht="6.95" customHeight="1">
+    <row r="18" spans="3:25" ht="7" customHeight="1">
       <c r="C18" s="63"/>
       <c r="D18" s="64"/>
       <c r="E18" s="64"/>
       <c r="F18" s="99"/>
       <c r="G18" s="64"/>
       <c r="H18" s="64"/>
       <c r="I18" s="64"/>
       <c r="J18" s="64"/>
       <c r="K18" s="64"/>
       <c r="L18" s="64"/>
       <c r="M18" s="64"/>
-      <c r="N18" s="114"/>
-[...1 lines deleted...]
-      <c r="P18" s="114"/>
+      <c r="N18" s="118"/>
+      <c r="O18" s="118"/>
+      <c r="P18" s="118"/>
       <c r="Q18" s="67"/>
       <c r="X18" s="54"/>
       <c r="Y18" s="54">
         <v>17</v>
       </c>
     </row>
-    <row r="19" spans="3:25" ht="24.95" customHeight="1" thickBot="1">
+    <row r="19" spans="3:25" ht="25" customHeight="1" thickBot="1">
       <c r="C19" s="63"/>
       <c r="D19" s="64"/>
       <c r="E19" s="64"/>
       <c r="F19" s="85" t="s">
         <v>11</v>
       </c>
-      <c r="G19" s="119" t="s">
+      <c r="G19" s="123" t="s">
         <v>12</v>
       </c>
-      <c r="H19" s="120"/>
-[...8 lines deleted...]
-      <c r="Q19" s="116"/>
+      <c r="H19" s="124"/>
+      <c r="I19" s="124"/>
+      <c r="J19" s="124"/>
+      <c r="K19" s="124"/>
+      <c r="L19" s="124"/>
+      <c r="M19" s="124"/>
+      <c r="N19" s="119"/>
+      <c r="O19" s="119"/>
+      <c r="P19" s="119"/>
+      <c r="Q19" s="120"/>
       <c r="X19" s="54"/>
       <c r="Y19" s="54">
         <v>18</v>
       </c>
     </row>
-    <row r="20" spans="3:25" ht="6.95" customHeight="1">
+    <row r="20" spans="3:25" ht="7" customHeight="1">
       <c r="C20" s="63"/>
       <c r="D20" s="64"/>
       <c r="E20" s="64"/>
       <c r="F20" s="99"/>
       <c r="G20" s="64"/>
       <c r="H20" s="64"/>
       <c r="I20" s="64"/>
       <c r="J20" s="64"/>
       <c r="K20" s="64"/>
       <c r="L20" s="64"/>
       <c r="M20" s="65"/>
       <c r="N20" s="66"/>
       <c r="O20" s="65"/>
       <c r="P20" s="66"/>
       <c r="Q20" s="67"/>
       <c r="X20" s="54"/>
       <c r="Y20" s="54">
         <v>19</v>
       </c>
     </row>
-    <row r="21" spans="3:25" ht="24.95" customHeight="1" thickBot="1">
+    <row r="21" spans="3:25" ht="25" customHeight="1" thickBot="1">
       <c r="C21" s="63"/>
       <c r="D21" s="64"/>
       <c r="E21" s="64"/>
       <c r="F21" s="85" t="s">
         <v>13</v>
       </c>
-      <c r="G21" s="117" t="s">
+      <c r="G21" s="121" t="s">
         <v>14</v>
       </c>
-      <c r="H21" s="118"/>
-[...1 lines deleted...]
-      <c r="J21" s="118"/>
+      <c r="H21" s="122"/>
+      <c r="I21" s="122"/>
+      <c r="J21" s="122"/>
       <c r="K21" s="88"/>
       <c r="L21" s="64"/>
       <c r="M21" s="68"/>
       <c r="N21" s="64"/>
       <c r="O21" s="68"/>
       <c r="P21" s="64"/>
       <c r="Q21" s="67"/>
       <c r="X21" s="54"/>
       <c r="Y21" s="54">
         <v>20</v>
       </c>
     </row>
-    <row r="22" spans="3:25" ht="20.100000000000001" customHeight="1">
+    <row r="22" spans="3:25" ht="20.149999999999999" customHeight="1">
       <c r="C22" s="63"/>
       <c r="D22" s="64"/>
       <c r="E22" s="64"/>
       <c r="F22" s="88"/>
       <c r="G22" s="88"/>
       <c r="H22" s="88"/>
       <c r="I22" s="88"/>
       <c r="J22" s="88"/>
       <c r="K22" s="88"/>
       <c r="L22" s="64"/>
       <c r="M22" s="65"/>
       <c r="N22" s="66"/>
       <c r="O22" s="65"/>
       <c r="P22" s="66"/>
       <c r="Q22" s="67"/>
     </row>
-    <row r="23" spans="3:25" ht="15.6" customHeight="1">
+    <row r="23" spans="3:25" ht="15.65" customHeight="1">
       <c r="C23" s="63"/>
       <c r="D23" s="64"/>
       <c r="E23" s="64"/>
       <c r="F23" s="64"/>
       <c r="G23" s="64"/>
       <c r="H23" s="64"/>
       <c r="I23" s="64"/>
       <c r="J23" s="64"/>
       <c r="K23" s="64"/>
       <c r="L23" s="64"/>
       <c r="M23" s="68"/>
       <c r="N23" s="64"/>
       <c r="O23" s="68"/>
       <c r="P23" s="64"/>
       <c r="Q23" s="67"/>
     </row>
-    <row r="24" spans="3:25" ht="20.100000000000001" customHeight="1">
+    <row r="24" spans="3:25" ht="20.149999999999999" customHeight="1">
       <c r="C24" s="63"/>
       <c r="D24" s="64"/>
       <c r="E24" s="64"/>
       <c r="F24" s="100" t="s">
         <v>15</v>
       </c>
       <c r="G24" s="64"/>
       <c r="H24" s="64"/>
       <c r="I24" s="64"/>
       <c r="J24" s="64"/>
       <c r="K24" s="64"/>
       <c r="L24" s="64"/>
       <c r="M24" s="65"/>
       <c r="N24" s="66"/>
       <c r="O24" s="65"/>
       <c r="P24" s="66"/>
       <c r="Q24" s="67"/>
     </row>
-    <row r="25" spans="3:25" ht="9.9499999999999993" customHeight="1">
+    <row r="25" spans="3:25" ht="10" customHeight="1">
       <c r="C25" s="63"/>
       <c r="D25" s="64"/>
       <c r="E25" s="64"/>
       <c r="F25" s="64"/>
       <c r="G25" s="64"/>
       <c r="H25" s="64"/>
       <c r="I25" s="64"/>
       <c r="J25" s="64"/>
       <c r="K25" s="64"/>
       <c r="L25" s="64"/>
       <c r="M25" s="68"/>
       <c r="N25" s="64"/>
       <c r="O25" s="64"/>
       <c r="P25" s="64"/>
       <c r="Q25" s="67"/>
     </row>
-    <row r="26" spans="3:25" ht="20.100000000000001" customHeight="1">
+    <row r="26" spans="3:25" ht="20.149999999999999" customHeight="1">
       <c r="C26" s="63"/>
       <c r="D26" s="64"/>
       <c r="E26" s="64"/>
       <c r="F26" s="64"/>
       <c r="G26" s="64"/>
       <c r="H26" s="64"/>
       <c r="I26" s="64"/>
       <c r="J26" s="64"/>
       <c r="K26" s="64"/>
       <c r="L26" s="64"/>
       <c r="M26" s="65"/>
       <c r="N26" s="66"/>
       <c r="O26" s="65"/>
       <c r="P26" s="66"/>
       <c r="Q26" s="67"/>
     </row>
     <row r="27" spans="3:25" ht="10.5" customHeight="1">
       <c r="C27" s="63"/>
       <c r="D27" s="64"/>
       <c r="E27" s="64"/>
       <c r="F27" s="64"/>
       <c r="G27" s="64"/>
       <c r="H27" s="64"/>
       <c r="I27" s="64"/>
       <c r="J27" s="64"/>
       <c r="K27" s="64"/>
       <c r="L27" s="64"/>
       <c r="M27" s="64"/>
       <c r="N27" s="64"/>
       <c r="O27" s="64"/>
       <c r="P27" s="64"/>
       <c r="Q27" s="67"/>
     </row>
     <row r="28" spans="3:25" ht="15.75" customHeight="1">
       <c r="C28" s="63"/>
       <c r="D28" s="64"/>
       <c r="E28" s="64"/>
       <c r="F28" s="69"/>
       <c r="G28" s="69"/>
       <c r="H28" s="69"/>
       <c r="I28" s="69"/>
       <c r="J28" s="70"/>
       <c r="K28" s="71"/>
       <c r="L28" s="69"/>
       <c r="M28" s="65"/>
       <c r="N28" s="66"/>
       <c r="O28" s="65"/>
       <c r="P28" s="66"/>
       <c r="Q28" s="67"/>
     </row>
-    <row r="29" spans="3:25" ht="18">
-[...3 lines deleted...]
-      <c r="F29" s="105"/>
+    <row r="29" spans="3:25" ht="17.5">
+      <c r="C29" s="108"/>
+      <c r="D29" s="109"/>
+      <c r="E29" s="109"/>
+      <c r="F29" s="109"/>
       <c r="G29" s="64"/>
       <c r="H29" s="64"/>
       <c r="I29" s="64"/>
       <c r="J29" s="64"/>
       <c r="K29" s="64"/>
       <c r="L29" s="64"/>
       <c r="M29" s="64"/>
       <c r="N29" s="64"/>
       <c r="O29" s="64"/>
       <c r="P29" s="64"/>
       <c r="Q29" s="67"/>
     </row>
-    <row r="30" spans="3:25" ht="15.75" thickBot="1">
-      <c r="C30" s="101" t="s">
+    <row r="30" spans="3:25" ht="15" thickBot="1">
+      <c r="C30" s="105" t="s">
         <v>16</v>
       </c>
-      <c r="D30" s="102"/>
-[...14 lines deleted...]
-    <row r="31" spans="3:25" ht="15.75" thickTop="1">
+      <c r="D30" s="106"/>
+      <c r="E30" s="106"/>
+      <c r="F30" s="106"/>
+      <c r="G30" s="106"/>
+      <c r="H30" s="106"/>
+      <c r="I30" s="106"/>
+      <c r="J30" s="106"/>
+      <c r="K30" s="106"/>
+      <c r="L30" s="106"/>
+      <c r="M30" s="106"/>
+      <c r="N30" s="106"/>
+      <c r="O30" s="106"/>
+      <c r="P30" s="106"/>
+      <c r="Q30" s="107"/>
+    </row>
+    <row r="31" spans="3:25" ht="15" thickTop="1">
       <c r="C31" s="2"/>
       <c r="P31" s="3"/>
       <c r="Q31" s="61"/>
     </row>
-    <row r="32" spans="3:25" ht="15">
+    <row r="32" spans="3:25" ht="15.5">
       <c r="C32" s="2"/>
       <c r="J32" s="4"/>
     </row>
-    <row r="34" spans="6:24">
+    <row r="34" spans="6:24" ht="13">
       <c r="X34" s="5"/>
     </row>
-    <row r="44" spans="6:24" ht="15">
+    <row r="44" spans="6:24" ht="15.5">
       <c r="F44" s="62"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3pyS4ix0ANXOEtJVUNoHhHAwQ2RGpav+x4Dg4hajTHf3Vuu01nJxFoM4wMHn2WBWjCLKXp7ikQ12zFCt6O2I6A==" saltValue="Lt0zKlBSiX8bKZWdEmezGA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="oqRW2SKJ0fRAaRR2WIZQxJZKjfpMCdqeaz9gDKVpTlQd8AsL1SozvrIqST2cWmAJtwDfYMUhlWlBPvF+2WKthw==" saltValue="aGB0jsecxTQYYYKrA6UyUA==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="11">
     <mergeCell ref="C30:Q30"/>
     <mergeCell ref="C29:F29"/>
     <mergeCell ref="N9:Q13"/>
     <mergeCell ref="N14:Q14"/>
     <mergeCell ref="N15:Q15"/>
     <mergeCell ref="N16:Q16"/>
     <mergeCell ref="N18:P18"/>
     <mergeCell ref="N19:Q19"/>
     <mergeCell ref="G21:J21"/>
     <mergeCell ref="G17:J17"/>
     <mergeCell ref="G19:M19"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Werkbladen ontgrendelen" prompt="De werkbladen zijn standaard beveiligd om te voorkomen dat u per ongeluk formules verschuift en/of verwijdert. U kunt ze desgewenst ontgrendelen met rechtermuisklik op het betreffende blad in de balk onderaan &gt; Beveiliging blad opheffen &gt; wachtwoord: 123 " sqref="Q31" xr:uid="{4357E66B-9BDF-4763-ABDB-98B562B44022}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="N14" r:id="rId1" xr:uid="{312478E3-B5C5-4523-8D6F-5C7021F4957D}"/>
     <hyperlink ref="N15" r:id="rId2" xr:uid="{D1C645DA-CEA1-4BCC-AA24-3234CEC37839}"/>
     <hyperlink ref="F17" location="ZIEKENHUIS!A1" display="ZIEKENHUIS" xr:uid="{042B104B-70A7-465A-AFBD-C8BFF0B395FF}"/>
     <hyperlink ref="F19" location="'LANGDURIGE ZORG'!A1" display="LANGDURIGE ZORG" xr:uid="{5FCECD95-1730-4BEE-B4C6-AE2A8ADA9A50}"/>
     <hyperlink ref="F21" location="'NIET INTRAMURAAL'!A1" display="NIET INTRAMURAAL" xr:uid="{149EC79C-391E-4809-A819-EB10144D7737}"/>
     <hyperlink ref="N16:Q16" r:id="rId3" display="Meer over de Milieuthermometer Zorg" xr:uid="{7D2628AC-E4E9-47FD-8D0D-268E4D4843E7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToWidth="0" fitToHeight="0" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{649EDC45-DE44-458A-9F06-5C0ECC591072}">
   <sheetPr>
     <tabColor theme="4" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AW39"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" style="29" customWidth="1"/>
+    <col min="1" max="1" width="3.81640625" style="29" customWidth="1"/>
     <col min="2" max="2" width="40" style="29" customWidth="1"/>
-    <col min="3" max="5" width="9.140625" style="29" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="26" max="16384" width="9.140625" style="29"/>
+    <col min="3" max="5" width="9.1796875" style="29" customWidth="1"/>
+    <col min="6" max="6" width="13.26953125" style="29" customWidth="1"/>
+    <col min="7" max="8" width="9.1796875" style="29" customWidth="1"/>
+    <col min="9" max="9" width="14.54296875" style="29" customWidth="1"/>
+    <col min="10" max="12" width="8.26953125" style="29" customWidth="1"/>
+    <col min="13" max="22" width="6.81640625" style="29" customWidth="1"/>
+    <col min="23" max="23" width="7.26953125" style="29" customWidth="1"/>
+    <col min="24" max="24" width="1.7265625" style="29" customWidth="1"/>
+    <col min="25" max="25" width="9.453125" style="29" bestFit="1" customWidth="1"/>
+    <col min="26" max="16384" width="9.1796875" style="29"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:32" ht="7.5" customHeight="1" thickBot="1"/>
     <row r="2" spans="2:32" ht="34.5" customHeight="1">
-      <c r="B2" s="122" t="s">
+      <c r="B2" s="126" t="s">
         <v>17</v>
       </c>
-      <c r="C2" s="123"/>
-[...20 lines deleted...]
-      <c r="X2" s="124"/>
+      <c r="C2" s="127"/>
+      <c r="D2" s="127"/>
+      <c r="E2" s="127"/>
+      <c r="F2" s="127"/>
+      <c r="G2" s="127"/>
+      <c r="H2" s="127"/>
+      <c r="I2" s="127"/>
+      <c r="J2" s="127"/>
+      <c r="K2" s="127"/>
+      <c r="L2" s="127"/>
+      <c r="M2" s="127"/>
+      <c r="N2" s="127"/>
+      <c r="O2" s="127"/>
+      <c r="P2" s="127"/>
+      <c r="Q2" s="127"/>
+      <c r="R2" s="127"/>
+      <c r="S2" s="127"/>
+      <c r="T2" s="127"/>
+      <c r="U2" s="127"/>
+      <c r="V2" s="127"/>
+      <c r="W2" s="127"/>
+      <c r="X2" s="128"/>
       <c r="Y2" s="33"/>
       <c r="Z2" s="33"/>
       <c r="AA2" s="33"/>
       <c r="AB2" s="33"/>
       <c r="AC2" s="33"/>
       <c r="AD2" s="33"/>
       <c r="AE2" s="33"/>
       <c r="AF2" s="33"/>
     </row>
     <row r="3" spans="2:32">
       <c r="B3" s="12"/>
-      <c r="C3" s="48" t="s">
+      <c r="C3" s="148" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="17"/>
       <c r="E3" s="17"/>
       <c r="F3" s="17"/>
       <c r="G3" s="17"/>
       <c r="H3" s="17"/>
       <c r="I3" s="17"/>
       <c r="J3" s="17"/>
       <c r="K3" s="17"/>
       <c r="L3" s="17"/>
       <c r="M3" s="17"/>
       <c r="N3" s="17"/>
       <c r="O3" s="17"/>
       <c r="P3" s="17"/>
       <c r="Q3" s="17"/>
       <c r="R3" s="17"/>
       <c r="S3" s="17"/>
       <c r="T3" s="17"/>
       <c r="U3" s="17"/>
       <c r="V3" s="17"/>
       <c r="W3" s="17"/>
       <c r="X3" s="25"/>
     </row>
     <row r="4" spans="2:32" ht="15" customHeight="1">
       <c r="B4" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C4" s="55"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
       <c r="F4" s="17"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
-      <c r="I4" s="135" t="s">
-[...15 lines deleted...]
-      <c r="W4" s="135"/>
+      <c r="I4" s="138" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" s="138"/>
+      <c r="K4" s="138"/>
+      <c r="L4" s="138"/>
+      <c r="M4" s="138"/>
+      <c r="N4" s="138"/>
+      <c r="O4" s="138"/>
+      <c r="P4" s="138"/>
+      <c r="Q4" s="138"/>
+      <c r="R4" s="138"/>
+      <c r="S4" s="138"/>
+      <c r="T4" s="138"/>
+      <c r="U4" s="138"/>
+      <c r="V4" s="138"/>
+      <c r="W4" s="138"/>
       <c r="X4" s="25"/>
     </row>
     <row r="5" spans="2:32">
       <c r="B5" s="13" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C5" s="55"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="17"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
       <c r="I5" s="91"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="95"/>
       <c r="M5" s="95"/>
       <c r="N5" s="95"/>
       <c r="O5" s="95"/>
       <c r="P5" s="95"/>
       <c r="Q5" s="95"/>
       <c r="R5" s="95"/>
       <c r="S5" s="95"/>
       <c r="T5" s="95"/>
       <c r="U5" s="95"/>
       <c r="V5" s="95"/>
       <c r="W5" s="95"/>
       <c r="X5" s="25"/>
     </row>
-    <row r="6" spans="2:32" ht="9.75" customHeight="1">
+    <row r="6" spans="2:32" ht="15.5" customHeight="1">
       <c r="B6" s="13"/>
       <c r="C6" s="17"/>
       <c r="D6" s="17"/>
       <c r="E6" s="17"/>
       <c r="F6" s="17"/>
       <c r="G6" s="17"/>
       <c r="H6" s="17"/>
-      <c r="I6" s="95"/>
+      <c r="I6" s="28"/>
       <c r="J6" s="95"/>
       <c r="K6" s="95"/>
       <c r="L6" s="95"/>
       <c r="M6" s="95"/>
       <c r="N6" s="95"/>
       <c r="O6" s="95"/>
       <c r="P6" s="95"/>
       <c r="Q6" s="95"/>
       <c r="R6" s="50"/>
       <c r="S6" s="50"/>
       <c r="T6" s="50"/>
       <c r="U6" s="50"/>
       <c r="V6" s="50"/>
       <c r="W6" s="50"/>
       <c r="X6" s="25"/>
     </row>
     <row r="7" spans="2:32">
       <c r="B7" s="13"/>
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
-      <c r="I7" s="60"/>
-[...11 lines deleted...]
-      <c r="U7" s="17"/>
+      <c r="I7" s="139"/>
+      <c r="J7" s="139"/>
+      <c r="K7" s="139"/>
+      <c r="L7" s="139"/>
+      <c r="M7" s="139"/>
+      <c r="N7" s="139"/>
+      <c r="O7" s="139"/>
+      <c r="P7" s="139"/>
+      <c r="Q7" s="139"/>
+      <c r="R7" s="139"/>
+      <c r="S7" s="139"/>
+      <c r="T7" s="139"/>
+      <c r="U7" s="139"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
       <c r="X7" s="25"/>
     </row>
     <row r="8" spans="2:32">
       <c r="B8" s="13" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="C8" s="55"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
-      <c r="I8" s="17"/>
-[...11 lines deleted...]
-      <c r="U8" s="17"/>
+      <c r="I8" s="139"/>
+      <c r="J8" s="139"/>
+      <c r="K8" s="139"/>
+      <c r="L8" s="139"/>
+      <c r="M8" s="139"/>
+      <c r="N8" s="139"/>
+      <c r="O8" s="139"/>
+      <c r="P8" s="139"/>
+      <c r="Q8" s="139"/>
+      <c r="R8" s="139"/>
+      <c r="S8" s="139"/>
+      <c r="T8" s="139"/>
+      <c r="U8" s="139"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
       <c r="X8" s="25"/>
     </row>
     <row r="9" spans="2:32">
       <c r="B9" s="13" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
-      <c r="I9" s="28" t="s">
-[...13 lines deleted...]
-      <c r="U9" s="17"/>
+      <c r="I9" s="139"/>
+      <c r="J9" s="139"/>
+      <c r="K9" s="139"/>
+      <c r="L9" s="139"/>
+      <c r="M9" s="139"/>
+      <c r="N9" s="139"/>
+      <c r="O9" s="139"/>
+      <c r="P9" s="139"/>
+      <c r="Q9" s="139"/>
+      <c r="R9" s="139"/>
+      <c r="S9" s="139"/>
+      <c r="T9" s="139"/>
+      <c r="U9" s="139"/>
       <c r="V9" s="17"/>
-      <c r="W9" s="17"/>
+      <c r="W9" s="102"/>
       <c r="X9" s="25"/>
     </row>
-    <row r="10" spans="2:32">
+    <row r="10" spans="2:32" ht="14.5" customHeight="1">
       <c r="B10" s="13"/>
       <c r="C10" s="17"/>
       <c r="D10" s="27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E10" s="47">
         <v>0</v>
       </c>
       <c r="F10" s="47">
         <v>0</v>
       </c>
       <c r="G10" s="47">
         <v>0</v>
       </c>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="17"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
       <c r="Q10" s="17"/>
       <c r="R10" s="17"/>
       <c r="S10" s="17"/>
       <c r="T10" s="17"/>
       <c r="U10" s="17"/>
-      <c r="V10" s="17"/>
-      <c r="W10" s="17"/>
+      <c r="V10" s="137" t="s">
+        <v>89</v>
+      </c>
+      <c r="W10" s="137"/>
       <c r="X10" s="25"/>
     </row>
     <row r="11" spans="2:32">
       <c r="B11" s="13" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="C11" s="89">
+        <v>25</v>
+      </c>
+      <c r="C11" s="103">
         <f>IF($C$5="ja",IF($W$17&lt;200,275,IF(AND(W$17&lt;400,W17&gt;199),400,IF(AND(W$17&lt;1000,W17&gt;399),600,IF($W$17&gt;999,750,0)))),IF($W$17&lt;200,375,IF(AND($W$17&lt;400,W17&gt;199),550,IF(AND($W$17&lt;1000,W17&gt;399),800,IF($W$17&gt;999,1050,0)))))</f>
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="17"/>
-      <c r="I11" s="134" t="str">
-[...7 lines deleted...]
-      <c r="N11" s="134"/>
+      <c r="I11" s="101"/>
+      <c r="J11" s="101"/>
+      <c r="K11" s="101"/>
+      <c r="L11" s="101"/>
+      <c r="M11" s="101"/>
+      <c r="N11" s="101"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="17"/>
       <c r="R11" s="17"/>
       <c r="S11" s="17"/>
       <c r="T11" s="17"/>
       <c r="U11" s="17"/>
-      <c r="V11" s="17"/>
-      <c r="W11" s="17"/>
+      <c r="V11" s="137"/>
+      <c r="W11" s="137"/>
       <c r="X11" s="25"/>
     </row>
     <row r="12" spans="2:32">
       <c r="B12" s="13" t="s">
-        <v>27</v>
-[...24 lines deleted...]
-      <c r="W12" s="17"/>
+        <v>26</v>
+      </c>
+      <c r="C12" s="103">
+        <f>IF($C$5="ja",IF(AND(C17&lt;200,C17&gt;0),350,IF(AND(C17&lt;400,C17&gt;199),450,IF(AND(C17&lt;1000,C17&gt;399),550,IF(AND($C17&gt;999,C17&lt;2500),750,IF(C17&gt;2499,950,0))))),IF($C17&lt;200,550,IF(AND($C17&lt;400,C17&gt;199),700,IF(AND($C17&lt;1000,C17&gt;399),850,IF(AND($C17&gt;999,C17&lt;2500),1150,IF(C17&gt;2499,1450,0))))))</f>
+        <v>550</v>
+      </c>
+      <c r="D12" s="27">
+        <f>IF($C$5="ja",IF(AND(D17&lt;200,D17&gt;0),350,IF(AND(D17&lt;400,D17&gt;199),450,IF(AND(D17&lt;1000,D17&gt;399),550,IF(AND(D17&gt;999,D17&lt;2500),750,IF(D17&gt;2499,950,0))))),IF(D17&lt;200,550,IF(AND(D17&lt;400,D17&gt;199),700,IF(AND(D17&lt;1000,D17&gt;399),850,IF(AND(D17&gt;999,D17&lt;2500),1150,IF(D17&gt;2499,1450,0))))))</f>
+        <v>550</v>
+      </c>
+      <c r="E12" s="27">
+        <f t="shared" ref="E12:V12" si="0">IF($C$5="ja",IF(AND(E17&lt;200,E17&gt;0),350,IF(AND(E17&lt;400,E17&gt;199),450,IF(AND(E17&lt;1000,E17&gt;399),550,IF(AND(E17&gt;999,E17&lt;2500),750,IF(E17&gt;2499,950,0))))),IF(E17&lt;200,550,IF(AND(E17&lt;400,E17&gt;199),700,IF(AND(E17&lt;1000,E17&gt;399),850,IF(AND(E17&gt;999,E17&lt;2500),1150,IF(E17&gt;2499,1450,0))))))</f>
+        <v>550</v>
+      </c>
+      <c r="F12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="G12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="H12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="I12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="J12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="K12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="L12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="M12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="N12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="O12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="P12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="Q12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="R12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="S12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="T12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="U12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="V12" s="27">
+        <f t="shared" si="0"/>
+        <v>550</v>
+      </c>
+      <c r="W12" s="17">
+        <f>SUM(C12:V12)</f>
+        <v>11000</v>
+      </c>
       <c r="X12" s="25"/>
     </row>
     <row r="13" spans="2:32">
       <c r="B13" s="13"/>
       <c r="C13" s="17"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="17"/>
-      <c r="I13" s="134"/>
-[...4 lines deleted...]
-      <c r="N13" s="134"/>
+      <c r="I13" s="101"/>
+      <c r="J13" s="101"/>
+      <c r="K13" s="101"/>
+      <c r="L13" s="101"/>
+      <c r="M13" s="101"/>
+      <c r="N13" s="101"/>
       <c r="O13" s="17"/>
       <c r="P13" s="17"/>
       <c r="Q13" s="17"/>
       <c r="R13" s="17"/>
       <c r="S13" s="17"/>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
       <c r="W13" s="17"/>
       <c r="X13" s="25"/>
     </row>
     <row r="14" spans="2:32">
       <c r="B14" s="12"/>
       <c r="C14" s="48" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D14" s="17"/>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
-      <c r="I14" s="134"/>
-[...4 lines deleted...]
-      <c r="N14" s="134"/>
+      <c r="I14" s="101"/>
+      <c r="J14" s="101"/>
+      <c r="K14" s="101"/>
+      <c r="L14" s="101"/>
+      <c r="M14" s="101"/>
+      <c r="N14" s="101"/>
       <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
       <c r="S14" s="17"/>
       <c r="T14" s="17"/>
       <c r="U14" s="17"/>
       <c r="V14" s="17"/>
       <c r="W14" s="17"/>
       <c r="X14" s="25"/>
     </row>
     <row r="15" spans="2:32" hidden="1">
       <c r="B15" s="14"/>
       <c r="C15" s="86" t="str">
         <f>IF(AND($C$8&lt;20,OR(C17&gt;0,C18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="D15" s="86" t="str">
         <f>IF(AND($C$8&lt;2,OR(D17&gt;0,D18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="E15" s="86" t="str">
         <f>IF(AND($C$8&lt;3,OR(E17&gt;0,E18&gt;0)),1,"")</f>
         <v/>
       </c>
@@ -5943,155 +6147,155 @@
       </c>
       <c r="Q15" s="86" t="str">
         <f>IF(AND($C$8&lt;15,OR(Q17&gt;0,Q18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="R15" s="86" t="str">
         <f>IF(AND($C$8&lt;16,OR(R17&gt;0,R18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="S15" s="86" t="str">
         <f>IF(AND($C$8&lt;17,OR(S17&gt;0,S18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="T15" s="86" t="str">
         <f>IF(AND($C$8&lt;18,OR(T17&gt;0,T18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="U15" s="86" t="str">
         <f>IF(AND($C$8&lt;19,OR(U17&gt;0,U18&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="V15" s="86" t="str">
         <f>IF(AND($C$8&lt;20,OR(V17&gt;0,V18&gt;0)),1,"")</f>
         <v/>
       </c>
-      <c r="W15" s="133" t="s">
-        <v>29</v>
+      <c r="W15" s="137" t="s">
+        <v>28</v>
       </c>
       <c r="X15" s="25"/>
     </row>
     <row r="16" spans="2:32">
       <c r="B16" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="C16" s="27" t="s">
+      <c r="D16" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="D16" s="27" t="s">
+      <c r="E16" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="E16" s="27" t="s">
+      <c r="F16" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="F16" s="27" t="s">
+      <c r="G16" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="G16" s="27" t="s">
+      <c r="H16" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="H16" s="27" t="s">
+      <c r="I16" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="I16" s="27" t="s">
+      <c r="J16" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="J16" s="27" t="s">
+      <c r="K16" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="K16" s="27" t="s">
+      <c r="L16" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="L16" s="27" t="s">
+      <c r="M16" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="M16" s="27" t="s">
+      <c r="N16" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="N16" s="27" t="s">
+      <c r="O16" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="O16" s="27" t="s">
+      <c r="P16" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="P16" s="27" t="s">
+      <c r="Q16" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="Q16" s="27" t="s">
+      <c r="R16" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="R16" s="27" t="s">
+      <c r="S16" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="S16" s="27" t="s">
+      <c r="T16" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="T16" s="27" t="s">
+      <c r="U16" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="U16" s="27" t="s">
+      <c r="V16" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="V16" s="27" t="s">
-[...2 lines deleted...]
-      <c r="W16" s="133"/>
+      <c r="W16" s="137"/>
       <c r="X16" s="25"/>
     </row>
     <row r="17" spans="2:49">
       <c r="B17" s="13" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C17" s="58"/>
       <c r="D17" s="56"/>
       <c r="E17" s="56"/>
       <c r="F17" s="56"/>
       <c r="G17" s="56"/>
       <c r="H17" s="56"/>
       <c r="I17" s="56"/>
       <c r="J17" s="56"/>
       <c r="K17" s="56"/>
       <c r="L17" s="56"/>
       <c r="M17" s="56"/>
       <c r="N17" s="56"/>
       <c r="O17" s="56"/>
       <c r="P17" s="56"/>
       <c r="Q17" s="56"/>
       <c r="R17" s="56"/>
       <c r="S17" s="56"/>
       <c r="T17" s="56"/>
       <c r="U17" s="56"/>
       <c r="V17" s="56"/>
       <c r="W17" s="17">
         <f>SUM(C17:V17)</f>
         <v>0</v>
       </c>
       <c r="X17" s="25"/>
     </row>
     <row r="18" spans="2:49">
       <c r="B18" s="13" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C18" s="59"/>
       <c r="D18" s="57"/>
       <c r="E18" s="57"/>
       <c r="F18" s="57"/>
       <c r="G18" s="57"/>
       <c r="H18" s="56"/>
       <c r="I18" s="56"/>
       <c r="J18" s="56"/>
       <c r="K18" s="56"/>
       <c r="L18" s="56"/>
       <c r="M18" s="56"/>
       <c r="N18" s="57"/>
       <c r="O18" s="57"/>
       <c r="P18" s="57"/>
       <c r="Q18" s="57"/>
       <c r="R18" s="57"/>
       <c r="S18" s="57"/>
       <c r="T18" s="57"/>
       <c r="U18" s="57"/>
       <c r="V18" s="57"/>
       <c r="W18" s="17"/>
       <c r="X18" s="25"/>
     </row>
     <row r="19" spans="2:49" ht="9.75" customHeight="1">
@@ -6099,735 +6303,731 @@
       <c r="C19" s="17"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="27"/>
       <c r="N19" s="27"/>
       <c r="O19" s="27"/>
       <c r="P19" s="27"/>
       <c r="Q19" s="27"/>
       <c r="R19" s="27"/>
       <c r="S19" s="27"/>
       <c r="T19" s="27"/>
       <c r="U19" s="27"/>
       <c r="V19" s="27"/>
       <c r="W19" s="17"/>
       <c r="X19" s="25"/>
     </row>
     <row r="20" spans="2:49" hidden="1">
       <c r="B20" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C20" s="18">
         <f>IF(C18&gt;499,1,0)</f>
         <v>0</v>
       </c>
       <c r="D20" s="18">
-        <f t="shared" ref="D20:V20" si="0">IF(D18&gt;499,1,0)</f>
+        <f t="shared" ref="D20:V20" si="1">IF(D18&gt;499,1,0)</f>
         <v>0</v>
       </c>
       <c r="E20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="I20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="J20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="K20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="L20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="M20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="N20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="O20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="P20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="Q20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="R20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="T20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="V20" s="18">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="W20" s="17"/>
       <c r="X20" s="25"/>
     </row>
     <row r="21" spans="2:49" hidden="1">
       <c r="B21" s="14" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C21" s="27">
         <f>IF(AND(C18&gt;1,C18&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="D21" s="27">
         <f>IF(AND(D18&gt;1,D18&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="E21" s="27">
-        <f t="shared" ref="E21:V21" si="1">IF(AND(E18&gt;1,E18&lt;500),0.5,0)</f>
+        <f t="shared" ref="E21:V21" si="2">IF(AND(E18&gt;1,E18&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="F21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="P21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="Q21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="R21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="S21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="T21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="U21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="V21" s="27">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="W21" s="17"/>
       <c r="X21" s="25"/>
     </row>
     <row r="22" spans="2:49" ht="25.5" customHeight="1">
       <c r="B22" s="13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C22" s="49">
         <f>SUM(C20:V21)</f>
         <v>0</v>
       </c>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
       <c r="V22" s="17"/>
       <c r="W22" s="17"/>
       <c r="X22" s="25"/>
     </row>
     <row r="23" spans="2:49">
       <c r="B23" s="12"/>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
-      <c r="E23" s="125" t="s">
+      <c r="E23" s="129" t="s">
+        <v>55</v>
+      </c>
+      <c r="F23" s="130"/>
+      <c r="G23" s="17"/>
+      <c r="H23" s="133" t="s">
         <v>56</v>
       </c>
-      <c r="F23" s="126"/>
-[...4 lines deleted...]
-      <c r="I23" s="130"/>
+      <c r="I23" s="134"/>
       <c r="J23" s="17"/>
       <c r="K23" s="28" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L23" s="17"/>
       <c r="M23" s="17"/>
       <c r="N23" s="17"/>
       <c r="O23" s="17"/>
       <c r="P23" s="17"/>
       <c r="Q23" s="17"/>
       <c r="R23" s="17"/>
       <c r="S23" s="17"/>
       <c r="T23" s="17"/>
       <c r="U23" s="17"/>
       <c r="V23" s="17"/>
       <c r="W23" s="17"/>
       <c r="X23" s="25"/>
       <c r="AG23" s="6"/>
       <c r="AH23" s="6"/>
       <c r="AI23" s="6"/>
       <c r="AJ23" s="6"/>
       <c r="AK23" s="6"/>
       <c r="AL23" s="6"/>
       <c r="AM23" s="6"/>
       <c r="AN23" s="6"/>
       <c r="AO23" s="6"/>
       <c r="AP23" s="6"/>
       <c r="AQ23" s="6"/>
       <c r="AR23" s="6"/>
       <c r="AS23" s="6"/>
       <c r="AT23" s="6"/>
       <c r="AU23" s="6"/>
       <c r="AV23" s="6"/>
       <c r="AW23" s="6"/>
     </row>
     <row r="24" spans="2:49">
       <c r="B24" s="12"/>
       <c r="C24" s="17"/>
       <c r="D24" s="17"/>
-      <c r="E24" s="127"/>
-      <c r="F24" s="128"/>
+      <c r="E24" s="131"/>
+      <c r="F24" s="132"/>
       <c r="G24" s="17"/>
-      <c r="H24" s="131"/>
-      <c r="I24" s="132"/>
+      <c r="H24" s="135"/>
+      <c r="I24" s="136"/>
       <c r="J24" s="17"/>
       <c r="K24" s="28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
       <c r="S24" s="17"/>
       <c r="T24" s="17"/>
       <c r="U24" s="17"/>
       <c r="V24" s="17"/>
       <c r="W24" s="17"/>
       <c r="X24" s="25"/>
       <c r="AG24" s="6"/>
       <c r="AH24" s="6"/>
       <c r="AI24" s="6"/>
       <c r="AJ24" s="6"/>
       <c r="AK24" s="6"/>
       <c r="AL24" s="6"/>
       <c r="AM24" s="6"/>
       <c r="AN24" s="6"/>
       <c r="AO24" s="6"/>
       <c r="AP24" s="6"/>
       <c r="AQ24" s="6"/>
       <c r="AR24" s="6"/>
       <c r="AS24" s="6"/>
       <c r="AT24" s="6"/>
       <c r="AU24" s="6"/>
       <c r="AV24" s="6"/>
       <c r="AW24" s="6"/>
     </row>
     <row r="25" spans="2:49">
       <c r="B25" s="51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" s="52" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D25" s="53"/>
       <c r="E25" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" s="39" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G25" s="53"/>
       <c r="H25" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I25" s="8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J25" s="17"/>
       <c r="K25" s="28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L25" s="17"/>
       <c r="M25" s="17"/>
       <c r="N25" s="17"/>
       <c r="O25" s="17"/>
       <c r="P25" s="17"/>
       <c r="Q25" s="17"/>
       <c r="R25" s="17"/>
       <c r="S25" s="17"/>
       <c r="T25" s="17"/>
       <c r="U25" s="17"/>
       <c r="V25" s="17"/>
       <c r="W25" s="17"/>
       <c r="X25" s="25"/>
       <c r="AG25" s="6"/>
       <c r="AH25" s="6"/>
       <c r="AI25" s="6"/>
       <c r="AJ25" s="6"/>
       <c r="AK25" s="6"/>
       <c r="AL25" s="6"/>
       <c r="AM25" s="6"/>
       <c r="AN25" s="6"/>
       <c r="AO25" s="6"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="6"/>
       <c r="AR25" s="6"/>
       <c r="AS25" s="6"/>
       <c r="AT25" s="6"/>
       <c r="AU25" s="6"/>
       <c r="AV25" s="6"/>
       <c r="AW25" s="6"/>
     </row>
     <row r="26" spans="2:49">
       <c r="B26" s="13" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C26" s="19">
         <f>ROUNDUP(SQRT(C22),0)</f>
         <v>0</v>
       </c>
       <c r="D26" s="17"/>
       <c r="E26" s="44">
         <f>C26*18</f>
         <v>0</v>
       </c>
       <c r="F26" s="40">
-        <f>E26*150</f>
+        <f>E26*155</f>
         <v>0</v>
       </c>
       <c r="G26" s="17"/>
       <c r="H26" s="37">
         <f>C26*19</f>
         <v>0</v>
       </c>
       <c r="I26" s="9">
-        <f>H26*150</f>
+        <f>H26*155</f>
         <v>0</v>
       </c>
       <c r="J26" s="17"/>
       <c r="K26" s="60" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L26" s="17"/>
       <c r="M26" s="17"/>
       <c r="N26" s="17"/>
       <c r="O26" s="17"/>
       <c r="P26" s="17"/>
       <c r="Q26" s="17"/>
       <c r="R26" s="17"/>
       <c r="S26" s="17"/>
       <c r="T26" s="17"/>
       <c r="U26" s="17"/>
       <c r="V26" s="17"/>
       <c r="W26" s="17"/>
       <c r="X26" s="25"/>
       <c r="AG26" s="34"/>
       <c r="AH26" s="34"/>
       <c r="AI26" s="34"/>
       <c r="AJ26" s="6"/>
       <c r="AK26" s="34"/>
       <c r="AL26" s="34"/>
       <c r="AM26" s="34"/>
       <c r="AN26" s="34"/>
       <c r="AO26" s="34"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="34"/>
       <c r="AR26" s="34"/>
       <c r="AS26" s="34"/>
       <c r="AT26" s="34"/>
       <c r="AU26" s="34"/>
       <c r="AV26" s="6"/>
       <c r="AW26" s="6"/>
     </row>
     <row r="27" spans="2:49">
       <c r="B27" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C27" s="19">
         <f>ROUNDUP((0.6*(SQRT(C22))),0)</f>
         <v>0</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="44">
         <f>C27*10</f>
         <v>0</v>
       </c>
       <c r="F27" s="40">
-        <f>E27*150</f>
+        <f>E27*155</f>
         <v>0</v>
       </c>
       <c r="G27" s="17"/>
       <c r="H27" s="38">
         <f>C27*11</f>
         <v>0</v>
       </c>
       <c r="I27" s="9">
-        <f>H27*150</f>
+        <f>H27*155</f>
         <v>0</v>
       </c>
       <c r="J27" s="17"/>
       <c r="K27" s="17"/>
       <c r="L27" s="17"/>
       <c r="M27" s="17"/>
       <c r="N27" s="17"/>
       <c r="O27" s="17"/>
       <c r="P27" s="17"/>
       <c r="Q27" s="17"/>
       <c r="R27" s="17"/>
       <c r="S27" s="17"/>
       <c r="T27" s="17"/>
       <c r="U27" s="17"/>
       <c r="V27" s="17"/>
       <c r="W27" s="17"/>
       <c r="X27" s="25"/>
       <c r="AG27" s="34"/>
       <c r="AH27" s="34"/>
       <c r="AI27" s="34"/>
       <c r="AJ27" s="6"/>
       <c r="AK27" s="34"/>
       <c r="AL27" s="34"/>
       <c r="AM27" s="34"/>
       <c r="AN27" s="34"/>
       <c r="AO27" s="34"/>
       <c r="AP27" s="6"/>
       <c r="AQ27" s="34"/>
       <c r="AR27" s="34"/>
       <c r="AS27" s="34"/>
       <c r="AT27" s="34"/>
       <c r="AU27" s="34"/>
       <c r="AV27" s="6"/>
       <c r="AW27" s="6"/>
     </row>
     <row r="28" spans="2:49" ht="15" customHeight="1">
       <c r="B28" s="13" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C28" s="20">
         <f>ROUNDUP((0.6*(SQRT(C22))),0)</f>
         <v>0</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="44">
         <f>C28*10</f>
         <v>0</v>
       </c>
       <c r="F28" s="40">
-        <f>E28*150</f>
+        <f>E28*155</f>
         <v>0</v>
       </c>
       <c r="G28" s="17"/>
       <c r="H28" s="38">
         <f>C28*11</f>
         <v>0</v>
       </c>
       <c r="I28" s="9">
-        <f>H28*150</f>
+        <f>H28*155</f>
         <v>0</v>
       </c>
       <c r="J28" s="17"/>
-      <c r="K28" s="121" t="str">
-[...8 lines deleted...]
-      <c r="Q28" s="121"/>
+      <c r="K28" s="125"/>
+      <c r="L28" s="125"/>
+      <c r="M28" s="125"/>
+      <c r="N28" s="125"/>
+      <c r="O28" s="125"/>
+      <c r="P28" s="125"/>
+      <c r="Q28" s="125"/>
       <c r="R28" s="17"/>
       <c r="S28" s="17"/>
       <c r="T28" s="17"/>
       <c r="U28" s="17"/>
       <c r="V28" s="17"/>
       <c r="W28" s="17"/>
       <c r="X28" s="25"/>
       <c r="AG28" s="34"/>
       <c r="AH28" s="34"/>
       <c r="AI28" s="34"/>
       <c r="AJ28" s="6"/>
       <c r="AK28" s="34"/>
       <c r="AL28" s="34"/>
       <c r="AM28" s="34"/>
       <c r="AN28" s="34"/>
       <c r="AO28" s="34"/>
       <c r="AP28" s="6"/>
       <c r="AQ28" s="34"/>
       <c r="AR28" s="34"/>
       <c r="AS28" s="34"/>
       <c r="AT28" s="34"/>
       <c r="AU28" s="34"/>
       <c r="AV28" s="6"/>
       <c r="AW28" s="6"/>
     </row>
     <row r="29" spans="2:49">
       <c r="B29" s="13" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C29" s="19">
         <f>SUM(C26:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="17"/>
       <c r="E29" s="45"/>
       <c r="F29" s="41">
         <f>C29*67.5</f>
         <v>0</v>
       </c>
       <c r="G29" s="18"/>
       <c r="H29" s="10"/>
       <c r="I29" s="11">
         <f>C29*67.5</f>
         <v>0</v>
       </c>
       <c r="J29" s="18"/>
-      <c r="K29" s="121"/>
-[...5 lines deleted...]
-      <c r="Q29" s="121"/>
+      <c r="K29" s="125"/>
+      <c r="L29" s="125"/>
+      <c r="M29" s="125"/>
+      <c r="N29" s="125"/>
+      <c r="O29" s="125"/>
+      <c r="P29" s="125"/>
+      <c r="Q29" s="125"/>
       <c r="R29" s="18"/>
       <c r="S29" s="18"/>
       <c r="T29" s="18"/>
       <c r="U29" s="18"/>
       <c r="V29" s="18"/>
       <c r="W29" s="18"/>
       <c r="X29" s="26"/>
       <c r="Y29" s="6"/>
       <c r="Z29" s="6"/>
       <c r="AA29" s="6"/>
       <c r="AB29" s="6"/>
       <c r="AC29" s="6"/>
       <c r="AD29" s="6"/>
       <c r="AE29" s="6"/>
       <c r="AF29" s="6"/>
     </row>
     <row r="30" spans="2:49">
       <c r="B30" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C30" s="19">
         <f>IF(C4="ja",COUNTIF(C20:V20,1),0)</f>
         <v>0</v>
       </c>
       <c r="D30" s="18"/>
       <c r="E30" s="45"/>
       <c r="F30" s="41">
         <f>SUM(C11:G11)*C30</f>
         <v>0</v>
       </c>
       <c r="G30" s="18"/>
       <c r="H30" s="10"/>
       <c r="I30" s="11">
         <f>SUM(C11:G11)*C30</f>
         <v>0</v>
       </c>
       <c r="J30" s="18"/>
-      <c r="K30" s="121"/>
-[...5 lines deleted...]
-      <c r="Q30" s="121"/>
+      <c r="K30" s="125"/>
+      <c r="L30" s="125"/>
+      <c r="M30" s="125"/>
+      <c r="N30" s="125"/>
+      <c r="O30" s="125"/>
+      <c r="P30" s="125"/>
+      <c r="Q30" s="125"/>
       <c r="R30" s="18"/>
       <c r="S30" s="18"/>
       <c r="T30" s="18"/>
       <c r="U30" s="18"/>
       <c r="V30" s="18"/>
       <c r="W30" s="18"/>
       <c r="X30" s="26"/>
       <c r="Y30" s="6"/>
       <c r="Z30" s="6"/>
       <c r="AA30" s="6"/>
       <c r="AB30" s="6"/>
       <c r="AC30" s="6"/>
       <c r="AD30" s="6"/>
       <c r="AE30" s="6"/>
       <c r="AF30" s="6"/>
     </row>
     <row r="31" spans="2:49">
       <c r="B31" s="15" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C31" s="19">
-        <f>3*COUNTIF(C20:V20,1)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D31" s="18"/>
       <c r="E31" s="45"/>
       <c r="F31" s="41">
-        <f>SUM(C12:G12)*C31</f>
-        <v>0</v>
+        <f>W12*C31</f>
+        <v>33000</v>
       </c>
       <c r="G31" s="18"/>
       <c r="H31" s="10"/>
       <c r="I31" s="11">
-        <f>SUM(C12:G12)*C31</f>
-        <v>0</v>
+        <f>W12*C31</f>
+        <v>33000</v>
       </c>
       <c r="J31" s="18"/>
       <c r="K31" s="47">
         <f>MAX(C18:V18)</f>
         <v>0</v>
       </c>
       <c r="L31" s="18"/>
       <c r="M31" s="18"/>
       <c r="N31" s="18"/>
       <c r="O31" s="18"/>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
       <c r="S31" s="18"/>
       <c r="T31" s="18"/>
       <c r="U31" s="18"/>
       <c r="V31" s="18"/>
       <c r="W31" s="18"/>
       <c r="X31" s="26"/>
       <c r="Y31" s="6"/>
       <c r="Z31" s="6"/>
       <c r="AA31" s="6"/>
       <c r="AB31" s="6"/>
       <c r="AC31" s="6"/>
       <c r="AD31" s="6"/>
       <c r="AE31" s="6"/>
       <c r="AF31" s="6"/>
     </row>
-    <row r="32" spans="2:49" ht="15.75" thickBot="1">
+    <row r="32" spans="2:49" ht="15" thickBot="1">
       <c r="B32" s="14"/>
       <c r="C32" s="21"/>
       <c r="D32" s="18"/>
       <c r="E32" s="46" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F32" s="42">
         <f>SUM(F26:F31)</f>
-        <v>0</v>
+        <v>33000</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="36" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I32" s="35">
         <f>SUM(I26:I31)</f>
-        <v>0</v>
+        <v>33000</v>
       </c>
       <c r="J32" s="18"/>
       <c r="K32" s="18"/>
       <c r="L32" s="18"/>
       <c r="M32" s="18"/>
       <c r="N32" s="18"/>
       <c r="O32" s="18"/>
       <c r="P32" s="18"/>
       <c r="Q32" s="18"/>
       <c r="R32" s="18"/>
       <c r="S32" s="18"/>
       <c r="T32" s="18"/>
       <c r="U32" s="18"/>
       <c r="V32" s="18"/>
       <c r="W32" s="18"/>
       <c r="X32" s="26"/>
       <c r="Y32" s="6"/>
       <c r="Z32" s="6"/>
       <c r="AA32" s="6"/>
       <c r="AB32" s="6"/>
       <c r="AC32" s="6"/>
       <c r="AD32" s="6"/>
       <c r="AE32" s="6"/>
       <c r="AF32" s="6"/>
     </row>
@@ -6858,786 +7058,882 @@
       <c r="Y33" s="6"/>
       <c r="Z33" s="6"/>
       <c r="AA33" s="6"/>
       <c r="AB33" s="6"/>
       <c r="AC33" s="6"/>
       <c r="AD33" s="6"/>
       <c r="AE33" s="6"/>
       <c r="AF33" s="6"/>
     </row>
     <row r="34" spans="2:32">
       <c r="C34" s="30"/>
     </row>
     <row r="35" spans="2:32">
       <c r="C35" s="30"/>
     </row>
     <row r="36" spans="2:32">
       <c r="C36" s="30"/>
     </row>
     <row r="37" spans="2:32">
       <c r="C37" s="30"/>
       <c r="E37" s="30"/>
     </row>
     <row r="38" spans="2:32">
       <c r="C38" s="30"/>
     </row>
-    <row r="39" spans="2:32" ht="18.75">
+    <row r="39" spans="2:32" ht="18.5">
       <c r="B39" s="31"/>
       <c r="C39" s="32"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="iPj5a4+CEWKBP1w9leeUNj41p5v7oGSWHuGUXwrrNKpPqHtuFRqnkUE4nygBw9lc0QmVo8LhVDrYoS7NEzJVpQ==" saltValue="HgQIwkU5CU6DwH0HzBofvA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <mergeCells count="7">
+  <sheetProtection algorithmName="SHA-512" hashValue="dbSQawfjaFniQyM1YBPyVXFwwLpYax873fcJw7kEILgXXDnK2b7LDD2qA1TqrGwMJ3c7PB/F67UtLKJZzOeLAQ==" saltValue="AsgRye+SBuflKTCke0249w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="8">
     <mergeCell ref="K28:Q30"/>
     <mergeCell ref="B2:X2"/>
     <mergeCell ref="E23:F24"/>
     <mergeCell ref="H23:I24"/>
     <mergeCell ref="W15:W16"/>
-    <mergeCell ref="I11:N14"/>
     <mergeCell ref="I4:W4"/>
+    <mergeCell ref="I7:U9"/>
+    <mergeCell ref="V10:W11"/>
   </mergeCells>
   <conditionalFormatting sqref="B16:B21 C20:V20">
-    <cfRule type="expression" dxfId="161" priority="128">
+    <cfRule type="expression" dxfId="180" priority="166">
       <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16">
-    <cfRule type="expression" dxfId="160" priority="139">
+    <cfRule type="expression" dxfId="179" priority="177">
       <formula>IF($C$8&gt;0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17:C18">
-    <cfRule type="expression" dxfId="159" priority="140">
+    <cfRule type="expression" dxfId="178" priority="178">
       <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="158" priority="156">
+    <cfRule type="expression" dxfId="177" priority="194">
       <formula>IF($C$8&gt;0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17:V18">
-    <cfRule type="notContainsBlanks" dxfId="157" priority="3">
+    <cfRule type="notContainsBlanks" dxfId="176" priority="41">
       <formula>LEN(TRIM(C17))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C21:V21">
-    <cfRule type="expression" dxfId="156" priority="83">
+    <cfRule type="expression" dxfId="175" priority="121">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D10:D13">
-    <cfRule type="expression" dxfId="155" priority="155">
+  <conditionalFormatting sqref="D10:D11 D13">
+    <cfRule type="expression" dxfId="174" priority="193">
       <formula>IF($C$7&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16">
-    <cfRule type="expression" dxfId="154" priority="85">
+    <cfRule type="expression" dxfId="173" priority="123">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D17:D18">
-    <cfRule type="expression" dxfId="153" priority="127">
+    <cfRule type="expression" dxfId="172" priority="165">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E10">
-    <cfRule type="expression" dxfId="152" priority="154">
+    <cfRule type="expression" dxfId="171" priority="192">
       <formula>IF($C$7&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="E11:E13">
-    <cfRule type="expression" dxfId="151" priority="153">
+  <conditionalFormatting sqref="E11 E13">
+    <cfRule type="expression" dxfId="170" priority="191">
       <formula>IF($C$7&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E16">
-    <cfRule type="expression" dxfId="150" priority="82">
+    <cfRule type="expression" dxfId="169" priority="120">
       <formula>IF($C$8&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E17:E18">
-    <cfRule type="expression" dxfId="149" priority="84">
+    <cfRule type="expression" dxfId="168" priority="122">
       <formula>IF($C$8&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F10">
-    <cfRule type="expression" dxfId="148" priority="152">
+    <cfRule type="expression" dxfId="167" priority="190">
       <formula>IF($C$7&gt;3,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F11:F13">
-    <cfRule type="expression" dxfId="147" priority="151">
+  <conditionalFormatting sqref="F11 F13">
+    <cfRule type="expression" dxfId="166" priority="189">
       <formula>IF($C$7&gt;3,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F16">
-    <cfRule type="expression" dxfId="146" priority="79">
+    <cfRule type="expression" dxfId="165" priority="117">
       <formula>IF($C$8&gt;3,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F17:F18">
-    <cfRule type="expression" dxfId="145" priority="81">
+    <cfRule type="expression" dxfId="164" priority="119">
       <formula>IF($C$8&gt;3,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G10">
-    <cfRule type="expression" dxfId="144" priority="150">
+    <cfRule type="expression" dxfId="163" priority="188">
       <formula>IF($C$7&gt;4,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G11:G13">
-    <cfRule type="expression" dxfId="143" priority="149">
+  <conditionalFormatting sqref="G11 G13">
+    <cfRule type="expression" dxfId="162" priority="187">
       <formula>IF($C$7&gt;4,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G16">
-    <cfRule type="expression" dxfId="142" priority="76">
+    <cfRule type="expression" dxfId="161" priority="114">
       <formula>IF($C$8&gt;4,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G17:G18">
-    <cfRule type="expression" dxfId="141" priority="78">
+    <cfRule type="expression" dxfId="160" priority="116">
       <formula>IF($C$8&gt;4,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H16">
-    <cfRule type="expression" dxfId="140" priority="61">
+    <cfRule type="expression" dxfId="159" priority="99">
       <formula>IF($C$8&gt;5,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H17:H18">
-    <cfRule type="expression" dxfId="139" priority="75">
+    <cfRule type="expression" dxfId="158" priority="113">
       <formula>IF($C$8&gt;5,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I16">
-    <cfRule type="expression" dxfId="138" priority="28">
+    <cfRule type="expression" dxfId="157" priority="66">
       <formula>IF($C$8&gt;6,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I17:I18">
-    <cfRule type="expression" dxfId="137" priority="30">
+    <cfRule type="expression" dxfId="156" priority="68">
       <formula>IF($C$8&gt;6,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J16">
-    <cfRule type="expression" dxfId="136" priority="25">
+    <cfRule type="expression" dxfId="155" priority="63">
       <formula>IF($C$8&gt;7,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J17:J18">
-    <cfRule type="expression" dxfId="135" priority="27">
+    <cfRule type="expression" dxfId="154" priority="65">
       <formula>IF($C$8&gt;7,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K16">
-    <cfRule type="expression" dxfId="134" priority="22">
+    <cfRule type="expression" dxfId="153" priority="60">
       <formula>IF($C$8&gt;8,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K17:K18">
-    <cfRule type="expression" dxfId="133" priority="24">
+    <cfRule type="expression" dxfId="152" priority="62">
       <formula>IF($C$8&gt;8,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L16">
-    <cfRule type="expression" dxfId="132" priority="19">
+    <cfRule type="expression" dxfId="151" priority="57">
       <formula>IF($C$8&gt;9,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L17:L18">
-    <cfRule type="expression" dxfId="131" priority="21">
+    <cfRule type="expression" dxfId="150" priority="59">
       <formula>IF($C$8&gt;9,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M16">
-    <cfRule type="expression" dxfId="130" priority="11">
+    <cfRule type="expression" dxfId="149" priority="49">
       <formula>IF($C$8&gt;10,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M17:M18">
-    <cfRule type="expression" dxfId="129" priority="18">
+    <cfRule type="expression" dxfId="148" priority="56">
       <formula>IF($C$8&gt;10,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N16">
-    <cfRule type="expression" dxfId="128" priority="55">
+    <cfRule type="expression" dxfId="147" priority="93">
       <formula>IF($C$8&gt;11,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N17:N18">
-    <cfRule type="expression" dxfId="127" priority="60">
+    <cfRule type="expression" dxfId="146" priority="98">
       <formula>IF($C$8&gt;11,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O16">
-    <cfRule type="expression" dxfId="126" priority="49">
+    <cfRule type="expression" dxfId="145" priority="87">
       <formula>IF($C$8&gt;12,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O17:O18">
-    <cfRule type="expression" dxfId="125" priority="54">
+    <cfRule type="expression" dxfId="144" priority="92">
       <formula>IF($C$8&gt;12,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P16">
-    <cfRule type="expression" dxfId="124" priority="7">
+    <cfRule type="expression" dxfId="143" priority="45">
       <formula>IF($C$8&gt;13,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="P17:P18">
-    <cfRule type="expression" dxfId="123" priority="10">
+    <cfRule type="expression" dxfId="142" priority="48">
       <formula>IF($C$8&gt;13,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q16">
-    <cfRule type="expression" dxfId="122" priority="46">
+    <cfRule type="expression" dxfId="141" priority="84">
       <formula>IF($C$8&gt;14,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q17:Q18">
-    <cfRule type="expression" dxfId="121" priority="48">
+    <cfRule type="expression" dxfId="140" priority="86">
       <formula>IF($C$8&gt;14,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R16">
-    <cfRule type="expression" dxfId="120" priority="43">
+    <cfRule type="expression" dxfId="139" priority="81">
       <formula>IF($C$8&gt;15,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R17:R18">
-    <cfRule type="expression" dxfId="119" priority="45">
+    <cfRule type="expression" dxfId="138" priority="83">
       <formula>IF($C$8&gt;15,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S16">
-    <cfRule type="expression" dxfId="118" priority="40">
+    <cfRule type="expression" dxfId="137" priority="78">
       <formula>IF($C$8&gt;16,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="S17:S18">
-    <cfRule type="expression" dxfId="117" priority="42">
+    <cfRule type="expression" dxfId="136" priority="80">
       <formula>IF($C$8&gt;16,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T16">
-    <cfRule type="expression" dxfId="116" priority="37">
+    <cfRule type="expression" dxfId="135" priority="75">
       <formula>IF($C$8&gt;17,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T17:T18">
-    <cfRule type="expression" dxfId="115" priority="39">
+    <cfRule type="expression" dxfId="134" priority="77">
       <formula>IF($C$8&gt;17,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U16">
-    <cfRule type="expression" dxfId="114" priority="31">
+    <cfRule type="expression" dxfId="133" priority="69">
       <formula>IF($C$8&gt;18,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U17:U18">
-    <cfRule type="expression" dxfId="113" priority="36">
+    <cfRule type="expression" dxfId="132" priority="74">
       <formula>IF($C$8&gt;18,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V16">
-    <cfRule type="expression" dxfId="112" priority="4">
+    <cfRule type="expression" dxfId="131" priority="42">
       <formula>IF($C$8&gt;19,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V17:V18">
-    <cfRule type="expression" dxfId="111" priority="6">
+    <cfRule type="expression" dxfId="130" priority="44">
       <formula>IF($C$8&gt;19,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="W17">
-    <cfRule type="expression" dxfId="110" priority="126">
+    <cfRule type="expression" dxfId="129" priority="164">
       <formula>IF($C$8=0,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D12">
+    <cfRule type="expression" dxfId="128" priority="19">
+      <formula>IF($C$8&gt;1,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="E12">
+    <cfRule type="expression" dxfId="127" priority="18">
+      <formula>IF($C$8&gt;2,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F12">
+    <cfRule type="expression" dxfId="126" priority="17">
+      <formula>IF($C$8&gt;3,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G12">
+    <cfRule type="expression" dxfId="125" priority="16">
+      <formula>IF($C$8&gt;4,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H12">
+    <cfRule type="expression" dxfId="124" priority="15">
+      <formula>IF($C$8&gt;5,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I12">
+    <cfRule type="expression" dxfId="123" priority="7">
+      <formula>IF($C$8&gt;6,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J12">
+    <cfRule type="expression" dxfId="122" priority="6">
+      <formula>IF($C$8&gt;7,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K12">
+    <cfRule type="expression" dxfId="121" priority="5">
+      <formula>IF($C$8&gt;8,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="L12">
+    <cfRule type="expression" dxfId="120" priority="4">
+      <formula>IF($C$8&gt;9,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M12">
+    <cfRule type="expression" dxfId="119" priority="3">
+      <formula>IF($C$8&gt;10,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="N12">
+    <cfRule type="expression" dxfId="118" priority="14">
+      <formula>IF($C$8&gt;11,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="O12">
+    <cfRule type="expression" dxfId="117" priority="13">
+      <formula>IF($C$8&gt;12,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="P12">
+    <cfRule type="expression" dxfId="116" priority="2">
+      <formula>IF($C$8&gt;13,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q12">
+    <cfRule type="expression" dxfId="115" priority="12">
+      <formula>IF($C$8&gt;14,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="R12">
+    <cfRule type="expression" dxfId="114" priority="11">
+      <formula>IF($C$8&gt;15,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="S12">
+    <cfRule type="expression" dxfId="113" priority="10">
+      <formula>IF($C$8&gt;16,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="T12">
+    <cfRule type="expression" dxfId="112" priority="9">
+      <formula>IF($C$8&gt;17,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="U12">
+    <cfRule type="expression" dxfId="111" priority="8">
+      <formula>IF($C$8&gt;18,1,0)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="V12">
+    <cfRule type="expression" dxfId="110" priority="1">
+      <formula>IF($C$8&gt;19,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Alleen hele getallen invullen_x000a_" sqref="E10:G10" xr:uid="{0D446759-C974-45B3-8266-E3F4ABFAE8F4}">
       <formula1>0</formula1>
       <formula2>1000000</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Alleen hele getallen invullen." sqref="C17:V17" xr:uid="{C780FB6F-2AA2-4F51-826A-80BEA011B1A7}">
       <formula1>0</formula1>
       <formula2>1000000</formula2>
     </dataValidation>
     <dataValidation type="whole" errorStyle="warning" allowBlank="1" showInputMessage="1" errorTitle="Zeer grote locatie" error="In geval de locatie zeer groot is (&gt;25.000 m2) of een landpark met meerdere gebouwen betreft, zullen meer uren voor de keuring nodig zijn en wordt afgeweken van de standaard. Neem contact op met MPZ voor een kostenindicatie. " sqref="C18:V18" xr:uid="{6960E0FC-6CEF-4ED8-950A-8C7216C13F3D}">
       <formula1>0</formula1>
       <formula2>25000</formula2>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="K26" r:id="rId1" xr:uid="{2142C267-7ADF-422B-9241-C54DF01984BD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="28" orientation="landscape" r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A9534E81-873E-449A-80A8-C6B8EDE9DAF3}">
           <x14:formula1>
             <xm:f>START!$Y$2:$Y$21</xm:f>
           </x14:formula1>
           <xm:sqref>C8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{313DFFF4-97E3-4E3C-879C-81AFC3B7415B}">
           <x14:formula1>
             <xm:f>START!$X$2:$X$3</xm:f>
           </x14:formula1>
           <xm:sqref>C4:C5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27EEC5BB-F41A-419B-B4C7-06E4EBD20FD3}">
   <sheetPr>
     <tabColor rgb="FF1D7587"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AW41"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="3.140625" style="29" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="26" max="16384" width="9.140625" style="29"/>
+    <col min="1" max="1" width="3.1796875" style="29" customWidth="1"/>
+    <col min="2" max="2" width="47.54296875" style="29" customWidth="1"/>
+    <col min="3" max="5" width="9.1796875" style="29" customWidth="1"/>
+    <col min="6" max="6" width="13.26953125" style="29" customWidth="1"/>
+    <col min="7" max="8" width="9.1796875" style="29" customWidth="1"/>
+    <col min="9" max="9" width="14.54296875" style="29" customWidth="1"/>
+    <col min="10" max="12" width="8.26953125" style="29" customWidth="1"/>
+    <col min="13" max="22" width="6.81640625" style="29" customWidth="1"/>
+    <col min="23" max="23" width="7.26953125" style="29" customWidth="1"/>
+    <col min="24" max="24" width="1.7265625" style="29" customWidth="1"/>
+    <col min="25" max="25" width="9.453125" style="29" bestFit="1" customWidth="1"/>
+    <col min="26" max="16384" width="9.1796875" style="29"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:32" ht="7.5" customHeight="1" thickBot="1"/>
     <row r="2" spans="2:32" ht="34.5" customHeight="1">
-      <c r="B2" s="137" t="s">
-[...23 lines deleted...]
-      <c r="X2" s="139"/>
+      <c r="B2" s="141" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
+      <c r="N2" s="142"/>
+      <c r="O2" s="142"/>
+      <c r="P2" s="142"/>
+      <c r="Q2" s="142"/>
+      <c r="R2" s="142"/>
+      <c r="S2" s="142"/>
+      <c r="T2" s="142"/>
+      <c r="U2" s="142"/>
+      <c r="V2" s="142"/>
+      <c r="W2" s="142"/>
+      <c r="X2" s="143"/>
       <c r="Y2" s="33"/>
       <c r="Z2" s="33"/>
       <c r="AA2" s="33"/>
       <c r="AB2" s="33"/>
       <c r="AC2" s="33"/>
       <c r="AD2" s="33"/>
       <c r="AE2" s="33"/>
       <c r="AF2" s="33"/>
     </row>
     <row r="3" spans="2:32">
       <c r="B3" s="12"/>
-      <c r="C3" s="48" t="s">
-        <v>18</v>
+      <c r="C3" s="148" t="s">
+        <v>91</v>
       </c>
       <c r="D3" s="17"/>
       <c r="E3" s="17"/>
       <c r="F3" s="17"/>
       <c r="G3" s="17"/>
       <c r="H3" s="17"/>
       <c r="I3" s="17"/>
       <c r="J3" s="17"/>
       <c r="K3" s="17"/>
       <c r="L3" s="17"/>
       <c r="M3" s="17"/>
       <c r="N3" s="17"/>
       <c r="O3" s="17"/>
       <c r="P3" s="17"/>
       <c r="Q3" s="17"/>
       <c r="R3" s="17"/>
       <c r="S3" s="17"/>
       <c r="T3" s="17"/>
       <c r="U3" s="17"/>
       <c r="V3" s="17"/>
       <c r="W3" s="17"/>
       <c r="X3" s="25"/>
     </row>
     <row r="4" spans="2:32" ht="15" customHeight="1">
       <c r="B4" s="13" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="55"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
       <c r="F4" s="17"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
-      <c r="I4" s="135" t="s">
-[...15 lines deleted...]
-      <c r="W4" s="135"/>
+      <c r="I4" s="138" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" s="138"/>
+      <c r="K4" s="138"/>
+      <c r="L4" s="138"/>
+      <c r="M4" s="138"/>
+      <c r="N4" s="138"/>
+      <c r="O4" s="138"/>
+      <c r="P4" s="138"/>
+      <c r="Q4" s="138"/>
+      <c r="R4" s="138"/>
+      <c r="S4" s="138"/>
+      <c r="T4" s="138"/>
+      <c r="U4" s="138"/>
+      <c r="V4" s="138"/>
+      <c r="W4" s="138"/>
       <c r="X4" s="25"/>
     </row>
     <row r="5" spans="2:32">
       <c r="B5" s="13" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C5" s="55"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="17"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
       <c r="I5" s="91" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="95"/>
       <c r="M5" s="95"/>
       <c r="N5" s="95"/>
       <c r="O5" s="95"/>
       <c r="P5" s="95"/>
       <c r="Q5" s="95"/>
       <c r="R5" s="95"/>
       <c r="S5" s="95"/>
       <c r="T5" s="95"/>
       <c r="U5" s="95"/>
       <c r="V5" s="95"/>
       <c r="W5" s="95"/>
       <c r="X5" s="25"/>
     </row>
     <row r="6" spans="2:32" ht="9.75" customHeight="1">
       <c r="B6" s="13"/>
       <c r="C6" s="17"/>
       <c r="D6" s="17"/>
       <c r="E6" s="17"/>
       <c r="F6" s="17"/>
       <c r="G6" s="17"/>
       <c r="H6" s="17"/>
       <c r="I6" s="95"/>
       <c r="J6" s="95"/>
       <c r="K6" s="95"/>
       <c r="L6" s="95"/>
       <c r="M6" s="95"/>
       <c r="N6" s="95"/>
       <c r="O6" s="95"/>
       <c r="P6" s="95"/>
       <c r="Q6" s="95"/>
       <c r="R6" s="95"/>
       <c r="S6" s="95"/>
       <c r="T6" s="95"/>
       <c r="U6" s="95"/>
       <c r="V6" s="95"/>
       <c r="W6" s="95"/>
       <c r="X6" s="25"/>
     </row>
-    <row r="7" spans="2:32" ht="14.45" customHeight="1">
+    <row r="7" spans="2:32" ht="14.5" customHeight="1">
       <c r="B7" s="13" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="91"/>
       <c r="J7" s="17"/>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="17"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="17"/>
       <c r="Q7" s="17"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="17"/>
       <c r="U7" s="17"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
       <c r="X7" s="25"/>
     </row>
     <row r="8" spans="2:32">
       <c r="B8" s="90" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C8" s="55"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
       <c r="X8" s="25"/>
     </row>
     <row r="9" spans="2:32">
       <c r="B9" s="90" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C9" s="55"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="92" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="17"/>
       <c r="Q9" s="17"/>
       <c r="R9" s="17"/>
       <c r="S9" s="17"/>
       <c r="T9" s="17"/>
       <c r="U9" s="17"/>
       <c r="V9" s="17"/>
       <c r="W9" s="17"/>
       <c r="X9" s="25"/>
     </row>
     <row r="10" spans="2:32">
       <c r="B10" s="90" t="s">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="C10" s="55"/>
       <c r="D10" s="94" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E10" s="17"/>
       <c r="F10" s="17"/>
       <c r="G10" s="17"/>
       <c r="H10" s="17"/>
       <c r="I10" s="28"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="17"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
       <c r="Q10" s="17"/>
       <c r="R10" s="17"/>
       <c r="S10" s="17"/>
       <c r="T10" s="17"/>
       <c r="U10" s="17"/>
       <c r="V10" s="17"/>
       <c r="W10" s="17"/>
       <c r="X10" s="25"/>
     </row>
     <row r="11" spans="2:32">
       <c r="B11" s="13"/>
       <c r="C11" s="17"/>
       <c r="D11" s="27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E11" s="47">
         <v>0</v>
       </c>
       <c r="F11" s="47">
         <v>0</v>
       </c>
       <c r="G11" s="47">
         <v>0</v>
       </c>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="17"/>
       <c r="R11" s="17"/>
       <c r="S11" s="17"/>
       <c r="T11" s="17"/>
       <c r="U11" s="17"/>
       <c r="V11" s="17"/>
       <c r="W11" s="17"/>
       <c r="X11" s="25"/>
     </row>
     <row r="12" spans="2:32">
       <c r="B12" s="13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C12" s="89">
         <f>IF($C$5="ja",IF($W$18&lt;200,275,IF(AND(W$18&lt;400,W18&gt;199),400,IF(AND(W$18&lt;1000,W18&gt;399),600,IF($W$18&gt;999,750,0)))),IF($W$18&lt;200,375,IF(AND($W$18&lt;400,W18&gt;199),550,IF(AND($W$18&lt;1000,W18&gt;399),800,IF($W$18&gt;999,1050,0)))))</f>
         <v>375</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="27"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="17"/>
-      <c r="I12" s="134" t="str">
+      <c r="I12" s="144" t="str">
         <f>IF(OR(D8=1,E8=1,F8=1,G8=1,L16=1,K16=1,J16=1,I16=1,H16=1,G16=1,F16=1,E16=1,D16=1,M16=1,N16=1,O16=1,P16=1,Q16=1,R16=1,S16=1,T16=1,U16=1,V16=1),"Pas op, de ingevulde gegevens van één of meer extra locatie(s) staan niet op nul en worden meegerekend. Voeg locaties weer toe in cel C8 en zet gele velden eerst op nul.","")</f>
         <v/>
       </c>
-      <c r="J12" s="134"/>
-[...3 lines deleted...]
-      <c r="N12" s="134"/>
+      <c r="J12" s="144"/>
+      <c r="K12" s="144"/>
+      <c r="L12" s="144"/>
+      <c r="M12" s="144"/>
+      <c r="N12" s="144"/>
       <c r="O12" s="17"/>
       <c r="P12" s="17"/>
       <c r="Q12" s="17"/>
       <c r="R12" s="17"/>
       <c r="S12" s="17"/>
       <c r="T12" s="17"/>
       <c r="U12" s="17"/>
       <c r="V12" s="17"/>
       <c r="W12" s="17"/>
       <c r="X12" s="25"/>
     </row>
     <row r="13" spans="2:32">
       <c r="B13" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C13" s="89">
         <f>IF($C$5="ja",IF($W$18&lt;200,300,IF(AND(W$18&lt;400,W18&gt;199),350,IF(AND(W$18&lt;1000,W18&gt;399),400,IF(AND($W$18&gt;999,W18&lt;2500),600,IF(W18&gt;2499,750,0))))),IF($W$18&lt;200,500,IF(AND($W$18&lt;400,W18&gt;199),600,IF(AND($W$18&lt;1000,W18&gt;399),700,IF(AND($W$18&gt;999,W18&lt;2500),1000,IF(W18&gt;2499,1250,0))))))</f>
         <v>500</v>
       </c>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="17"/>
-      <c r="I13" s="134"/>
-[...4 lines deleted...]
-      <c r="N13" s="134"/>
+      <c r="I13" s="144"/>
+      <c r="J13" s="144"/>
+      <c r="K13" s="144"/>
+      <c r="L13" s="144"/>
+      <c r="M13" s="144"/>
+      <c r="N13" s="144"/>
       <c r="O13" s="17"/>
       <c r="P13" s="17"/>
       <c r="Q13" s="17"/>
       <c r="R13" s="17"/>
       <c r="S13" s="17"/>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
       <c r="W13" s="17"/>
       <c r="X13" s="25"/>
     </row>
     <row r="14" spans="2:32">
       <c r="B14" s="13"/>
       <c r="C14" s="17"/>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="17"/>
-      <c r="I14" s="134"/>
-[...4 lines deleted...]
-      <c r="N14" s="134"/>
+      <c r="I14" s="144"/>
+      <c r="J14" s="144"/>
+      <c r="K14" s="144"/>
+      <c r="L14" s="144"/>
+      <c r="M14" s="144"/>
+      <c r="N14" s="144"/>
       <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
       <c r="S14" s="17"/>
       <c r="T14" s="17"/>
       <c r="U14" s="17"/>
       <c r="V14" s="17"/>
       <c r="W14" s="17"/>
       <c r="X14" s="25"/>
     </row>
     <row r="15" spans="2:32">
       <c r="B15" s="12"/>
       <c r="C15" s="48" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D15" s="17"/>
       <c r="E15" s="17"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
-      <c r="I15" s="134"/>
-[...4 lines deleted...]
-      <c r="N15" s="134"/>
+      <c r="I15" s="144"/>
+      <c r="J15" s="144"/>
+      <c r="K15" s="144"/>
+      <c r="L15" s="144"/>
+      <c r="M15" s="144"/>
+      <c r="N15" s="144"/>
       <c r="O15" s="17"/>
       <c r="P15" s="17"/>
       <c r="Q15" s="17"/>
       <c r="R15" s="17"/>
       <c r="S15" s="17"/>
       <c r="T15" s="17"/>
       <c r="U15" s="17"/>
       <c r="V15" s="17"/>
       <c r="W15" s="17"/>
       <c r="X15" s="25"/>
     </row>
     <row r="16" spans="2:32" hidden="1">
       <c r="B16" s="14"/>
       <c r="C16" s="86" t="str">
         <f>IF(AND($C$8&lt;20,OR(C18&gt;0,C19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="D16" s="86" t="str">
         <f>IF(AND($C$8&lt;2,OR(D18&gt;0,D19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="E16" s="86" t="str">
         <f>IF(AND($C$8&lt;3,OR(E18&gt;0,E19&gt;0)),1,"")</f>
         <v/>
       </c>
@@ -7687,155 +7983,155 @@
       </c>
       <c r="Q16" s="86" t="str">
         <f>IF(AND($C$8&lt;15,OR(Q18&gt;0,Q19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="R16" s="86" t="str">
         <f>IF(AND($C$8&lt;16,OR(R18&gt;0,R19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="S16" s="86" t="str">
         <f>IF(AND($C$8&lt;17,OR(S18&gt;0,S19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="T16" s="86" t="str">
         <f>IF(AND($C$8&lt;18,OR(T18&gt;0,T19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="U16" s="86" t="str">
         <f>IF(AND($C$8&lt;19,OR(U18&gt;0,U19&gt;0)),1,"")</f>
         <v/>
       </c>
       <c r="V16" s="86" t="str">
         <f>IF(AND($C$8&lt;20,OR(V18&gt;0,V19&gt;0)),1,"")</f>
         <v/>
       </c>
-      <c r="W16" s="133" t="s">
-        <v>29</v>
+      <c r="W16" s="137" t="s">
+        <v>28</v>
       </c>
       <c r="X16" s="25"/>
     </row>
     <row r="17" spans="2:49">
       <c r="B17" s="13" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C17" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="D17" s="27" t="s">
+      <c r="E17" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="E17" s="27" t="s">
+      <c r="F17" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="F17" s="27" t="s">
+      <c r="G17" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="G17" s="27" t="s">
+      <c r="H17" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="H17" s="27" t="s">
+      <c r="I17" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="I17" s="27" t="s">
+      <c r="J17" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="J17" s="27" t="s">
+      <c r="K17" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="K17" s="27" t="s">
+      <c r="L17" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="L17" s="27" t="s">
+      <c r="M17" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="M17" s="27" t="s">
+      <c r="N17" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="N17" s="27" t="s">
+      <c r="O17" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="O17" s="27" t="s">
+      <c r="P17" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="P17" s="27" t="s">
+      <c r="Q17" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="Q17" s="27" t="s">
+      <c r="R17" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="R17" s="27" t="s">
+      <c r="S17" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="S17" s="27" t="s">
+      <c r="T17" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="T17" s="27" t="s">
+      <c r="U17" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="U17" s="27" t="s">
+      <c r="V17" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="V17" s="27" t="s">
-[...2 lines deleted...]
-      <c r="W17" s="133"/>
+      <c r="W17" s="137"/>
       <c r="X17" s="25"/>
     </row>
     <row r="18" spans="2:49">
       <c r="B18" s="12" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C18" s="96"/>
       <c r="D18" s="98"/>
       <c r="E18" s="56"/>
       <c r="F18" s="56"/>
       <c r="G18" s="56"/>
       <c r="H18" s="56"/>
       <c r="I18" s="56"/>
       <c r="J18" s="56"/>
       <c r="K18" s="56"/>
       <c r="L18" s="56"/>
       <c r="M18" s="56"/>
       <c r="N18" s="56"/>
       <c r="O18" s="56"/>
       <c r="P18" s="56"/>
       <c r="Q18" s="56"/>
       <c r="R18" s="56"/>
       <c r="S18" s="56"/>
       <c r="T18" s="56"/>
       <c r="U18" s="56"/>
       <c r="V18" s="56"/>
       <c r="W18" s="17">
         <f>SUM(C18:V18)</f>
         <v>0</v>
       </c>
       <c r="X18" s="25"/>
     </row>
     <row r="19" spans="2:49">
       <c r="B19" s="12" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C19" s="97"/>
       <c r="D19" s="57"/>
       <c r="E19" s="57"/>
       <c r="F19" s="57"/>
       <c r="G19" s="57"/>
       <c r="H19" s="56"/>
       <c r="I19" s="56"/>
       <c r="J19" s="56"/>
       <c r="K19" s="56"/>
       <c r="L19" s="56"/>
       <c r="M19" s="56"/>
       <c r="N19" s="57"/>
       <c r="O19" s="57"/>
       <c r="P19" s="57"/>
       <c r="Q19" s="57"/>
       <c r="R19" s="57"/>
       <c r="S19" s="57"/>
       <c r="T19" s="57"/>
       <c r="U19" s="57"/>
       <c r="V19" s="57"/>
       <c r="W19" s="17"/>
       <c r="X19" s="25"/>
     </row>
     <row r="20" spans="2:49" ht="9.75" customHeight="1">
@@ -7843,51 +8139,51 @@
       <c r="C20" s="17"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
       <c r="N20" s="27"/>
       <c r="O20" s="27"/>
       <c r="P20" s="27"/>
       <c r="Q20" s="27"/>
       <c r="R20" s="27"/>
       <c r="S20" s="27"/>
       <c r="T20" s="27"/>
       <c r="U20" s="27"/>
       <c r="V20" s="27"/>
       <c r="W20" s="17"/>
       <c r="X20" s="25"/>
     </row>
     <row r="21" spans="2:49" hidden="1">
       <c r="B21" s="14" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C21" s="18">
         <f>IF(C18&gt;30,1,IF(C18&gt;0,0.5,0))</f>
         <v>0</v>
       </c>
       <c r="D21" s="18">
         <f>IF(D18&gt;30,1,IF(D18&gt;0,0.5,0))</f>
         <v>0</v>
       </c>
       <c r="E21" s="18">
         <f t="shared" ref="E21:V21" si="0">IF(E18&gt;30,1,IF(E18&gt;0,0.5,0))</f>
         <v>0</v>
       </c>
       <c r="F21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -7930,51 +8226,51 @@
       <c r="R21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="S21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="U21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="V21" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="W21" s="17"/>
       <c r="X21" s="25"/>
     </row>
     <row r="22" spans="2:49" hidden="1">
       <c r="B22" s="14" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C22" s="93">
         <f>IF(C18&gt;0,0,IF(C19="ja",1,IF(C19="nee",0.5,0)))</f>
         <v>0</v>
       </c>
       <c r="D22" s="93">
         <f t="shared" ref="D22:V22" si="1">IF(D18&gt;0,0,IF(D19="ja",1,IF(D19="nee",0.5,0)))</f>
         <v>0</v>
       </c>
       <c r="E22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
@@ -8017,582 +8313,582 @@
       <c r="R22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="T22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="V22" s="93">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="W22" s="17"/>
       <c r="X22" s="25"/>
     </row>
     <row r="23" spans="2:49" hidden="1">
       <c r="B23" s="14" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C23" s="93">
         <f>IF(C9=1,0.2,IF(C9=2,0.4,IF(C9=3,0.6,IF(C9=4,0.8,IF(C9&gt;4,1,0)))))</f>
         <v>0</v>
       </c>
       <c r="D23" s="93"/>
       <c r="E23" s="93"/>
       <c r="F23" s="93"/>
       <c r="G23" s="93"/>
       <c r="H23" s="93"/>
       <c r="I23" s="93"/>
       <c r="J23" s="93"/>
       <c r="K23" s="93"/>
       <c r="L23" s="93"/>
       <c r="M23" s="93"/>
       <c r="N23" s="93"/>
       <c r="O23" s="93"/>
       <c r="P23" s="93"/>
       <c r="Q23" s="93"/>
       <c r="R23" s="93"/>
       <c r="S23" s="93"/>
       <c r="T23" s="93"/>
       <c r="U23" s="93"/>
       <c r="V23" s="93"/>
       <c r="W23" s="17"/>
       <c r="X23" s="25"/>
     </row>
     <row r="24" spans="2:49" ht="25.5" customHeight="1">
       <c r="B24" s="13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C24" s="49">
         <f>SUM(C21:V23)</f>
         <v>0</v>
       </c>
       <c r="D24" s="17"/>
       <c r="E24" s="17"/>
       <c r="F24" s="17"/>
       <c r="G24" s="17"/>
       <c r="H24" s="17"/>
       <c r="I24" s="17"/>
       <c r="J24" s="17"/>
       <c r="K24" s="17"/>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
       <c r="S24" s="17"/>
       <c r="T24" s="17"/>
       <c r="U24" s="17"/>
       <c r="V24" s="17"/>
       <c r="W24" s="17"/>
       <c r="X24" s="25"/>
     </row>
     <row r="25" spans="2:49">
       <c r="B25" s="12"/>
       <c r="C25" s="17"/>
       <c r="D25" s="17"/>
-      <c r="E25" s="125" t="s">
+      <c r="E25" s="129" t="s">
+        <v>55</v>
+      </c>
+      <c r="F25" s="130"/>
+      <c r="G25" s="17"/>
+      <c r="H25" s="133" t="s">
         <v>56</v>
       </c>
-      <c r="F25" s="126"/>
-[...4 lines deleted...]
-      <c r="I25" s="130"/>
+      <c r="I25" s="134"/>
       <c r="J25" s="17"/>
       <c r="K25" s="28" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L25" s="17"/>
       <c r="M25" s="17"/>
       <c r="N25" s="17"/>
       <c r="O25" s="17"/>
       <c r="P25" s="17"/>
       <c r="Q25" s="17"/>
       <c r="R25" s="17"/>
       <c r="S25" s="17"/>
       <c r="T25" s="17"/>
       <c r="U25" s="17"/>
       <c r="V25" s="17"/>
       <c r="W25" s="17"/>
       <c r="X25" s="25"/>
       <c r="AG25" s="6"/>
       <c r="AH25" s="6"/>
       <c r="AI25" s="6"/>
       <c r="AJ25" s="6"/>
       <c r="AK25" s="6"/>
       <c r="AL25" s="6"/>
       <c r="AM25" s="6"/>
       <c r="AN25" s="6"/>
       <c r="AO25" s="6"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="6"/>
       <c r="AR25" s="6"/>
       <c r="AS25" s="6"/>
       <c r="AT25" s="6"/>
       <c r="AU25" s="6"/>
       <c r="AV25" s="6"/>
       <c r="AW25" s="6"/>
     </row>
     <row r="26" spans="2:49">
       <c r="B26" s="12"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
-      <c r="E26" s="127"/>
-      <c r="F26" s="128"/>
+      <c r="E26" s="131"/>
+      <c r="F26" s="132"/>
       <c r="G26" s="17"/>
-      <c r="H26" s="131"/>
-      <c r="I26" s="132"/>
+      <c r="H26" s="135"/>
+      <c r="I26" s="136"/>
       <c r="J26" s="17"/>
       <c r="K26" s="28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L26" s="17"/>
       <c r="M26" s="17"/>
       <c r="N26" s="17"/>
       <c r="O26" s="17"/>
       <c r="P26" s="17"/>
       <c r="Q26" s="17"/>
       <c r="R26" s="17"/>
       <c r="S26" s="17"/>
       <c r="T26" s="17"/>
       <c r="U26" s="17"/>
       <c r="V26" s="17"/>
       <c r="W26" s="17"/>
       <c r="X26" s="25"/>
       <c r="AG26" s="6"/>
       <c r="AH26" s="6"/>
       <c r="AI26" s="6"/>
       <c r="AJ26" s="6"/>
       <c r="AK26" s="6"/>
       <c r="AL26" s="6"/>
       <c r="AM26" s="6"/>
       <c r="AN26" s="6"/>
       <c r="AO26" s="6"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="6"/>
       <c r="AR26" s="6"/>
       <c r="AS26" s="6"/>
       <c r="AT26" s="6"/>
       <c r="AU26" s="6"/>
       <c r="AV26" s="6"/>
       <c r="AW26" s="6"/>
     </row>
     <row r="27" spans="2:49">
       <c r="B27" s="51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" s="52" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D27" s="53"/>
       <c r="E27" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="F27" s="39" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G27" s="53"/>
       <c r="H27" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I27" s="8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J27" s="17"/>
       <c r="K27" s="28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L27" s="17"/>
       <c r="M27" s="17"/>
       <c r="N27" s="17"/>
       <c r="O27" s="17"/>
       <c r="P27" s="17"/>
       <c r="Q27" s="17"/>
       <c r="R27" s="17"/>
       <c r="S27" s="17"/>
       <c r="T27" s="17"/>
       <c r="U27" s="17"/>
       <c r="V27" s="17"/>
       <c r="W27" s="17"/>
       <c r="X27" s="25"/>
       <c r="AG27" s="6"/>
       <c r="AH27" s="6"/>
       <c r="AI27" s="6"/>
       <c r="AJ27" s="6"/>
       <c r="AK27" s="6"/>
       <c r="AL27" s="6"/>
       <c r="AM27" s="6"/>
       <c r="AN27" s="6"/>
       <c r="AO27" s="6"/>
       <c r="AP27" s="6"/>
       <c r="AQ27" s="6"/>
       <c r="AR27" s="6"/>
       <c r="AS27" s="6"/>
       <c r="AT27" s="6"/>
       <c r="AU27" s="6"/>
       <c r="AV27" s="6"/>
       <c r="AW27" s="6"/>
     </row>
     <row r="28" spans="2:49">
       <c r="B28" s="13" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C28" s="19">
         <f>ROUNDUP(SQRT(C24),0)</f>
         <v>0</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="44">
         <f>C28*16</f>
         <v>0</v>
       </c>
       <c r="F28" s="40">
-        <f>E28*150</f>
+        <f>E28*155</f>
         <v>0</v>
       </c>
       <c r="G28" s="17"/>
       <c r="H28" s="37">
         <f>C28*18</f>
         <v>0</v>
       </c>
       <c r="I28" s="9">
-        <f>H28*150</f>
+        <f>H28*155</f>
         <v>0</v>
       </c>
       <c r="J28" s="17"/>
       <c r="K28" s="60" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L28" s="17"/>
       <c r="M28" s="17"/>
       <c r="N28" s="17"/>
       <c r="O28" s="17"/>
       <c r="P28" s="17"/>
       <c r="Q28" s="17"/>
       <c r="R28" s="17"/>
       <c r="S28" s="17"/>
       <c r="T28" s="17"/>
       <c r="U28" s="17"/>
       <c r="V28" s="17"/>
       <c r="W28" s="17"/>
       <c r="X28" s="25"/>
       <c r="AG28" s="34"/>
       <c r="AH28" s="34"/>
       <c r="AI28" s="34"/>
       <c r="AJ28" s="6"/>
       <c r="AK28" s="34"/>
       <c r="AL28" s="34"/>
       <c r="AM28" s="34"/>
       <c r="AN28" s="34"/>
       <c r="AO28" s="34"/>
       <c r="AP28" s="6"/>
       <c r="AQ28" s="34"/>
       <c r="AR28" s="34"/>
       <c r="AS28" s="34"/>
       <c r="AT28" s="34"/>
       <c r="AU28" s="34"/>
       <c r="AV28" s="6"/>
       <c r="AW28" s="6"/>
     </row>
     <row r="29" spans="2:49">
       <c r="B29" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C29" s="19">
         <f>ROUNDUP((0.6*(SQRT(C24))),0)</f>
         <v>0</v>
       </c>
       <c r="D29" s="17"/>
       <c r="E29" s="44">
         <f>C29*8</f>
         <v>0</v>
       </c>
       <c r="F29" s="40">
-        <f>E29*150</f>
+        <f>E29*155</f>
         <v>0</v>
       </c>
       <c r="G29" s="17"/>
       <c r="H29" s="38">
         <f>C29*9</f>
         <v>0</v>
       </c>
       <c r="I29" s="9">
-        <f>H29*150</f>
+        <f>H29*155</f>
         <v>0</v>
       </c>
       <c r="J29" s="17"/>
       <c r="K29" s="17"/>
       <c r="L29" s="17"/>
       <c r="M29" s="17"/>
       <c r="N29" s="17"/>
       <c r="O29" s="17"/>
       <c r="P29" s="17"/>
       <c r="Q29" s="17"/>
       <c r="R29" s="17"/>
       <c r="S29" s="17"/>
       <c r="T29" s="17"/>
       <c r="U29" s="17"/>
       <c r="V29" s="17"/>
       <c r="W29" s="17"/>
       <c r="X29" s="25"/>
       <c r="AG29" s="34"/>
       <c r="AH29" s="34"/>
       <c r="AI29" s="34"/>
       <c r="AJ29" s="6"/>
       <c r="AK29" s="34"/>
       <c r="AL29" s="34"/>
       <c r="AM29" s="34"/>
       <c r="AN29" s="34"/>
       <c r="AO29" s="34"/>
       <c r="AP29" s="6"/>
       <c r="AQ29" s="34"/>
       <c r="AR29" s="34"/>
       <c r="AS29" s="34"/>
       <c r="AT29" s="34"/>
       <c r="AU29" s="34"/>
       <c r="AV29" s="6"/>
       <c r="AW29" s="6"/>
     </row>
     <row r="30" spans="2:49" ht="15" customHeight="1">
       <c r="B30" s="13" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C30" s="20">
         <f>ROUNDUP((0.6*(SQRT(C24))),0)</f>
         <v>0</v>
       </c>
       <c r="D30" s="17"/>
       <c r="E30" s="44">
         <f>C30*8</f>
         <v>0</v>
       </c>
       <c r="F30" s="40">
-        <f>E30*150</f>
+        <f>E30*155</f>
         <v>0</v>
       </c>
       <c r="G30" s="17"/>
       <c r="H30" s="38">
         <f>C30*9</f>
         <v>0</v>
       </c>
       <c r="I30" s="9">
-        <f>H30*150</f>
+        <f>H30*155</f>
         <v>0</v>
       </c>
       <c r="J30" s="17"/>
-      <c r="K30" s="136" t="s">
-[...9 lines deleted...]
-      <c r="S30" s="136"/>
+      <c r="K30" s="140" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="140"/>
+      <c r="M30" s="140"/>
+      <c r="N30" s="140"/>
+      <c r="O30" s="140"/>
+      <c r="P30" s="140"/>
+      <c r="Q30" s="140"/>
+      <c r="R30" s="140"/>
+      <c r="S30" s="140"/>
       <c r="T30" s="17"/>
       <c r="U30" s="17"/>
       <c r="V30" s="17"/>
       <c r="W30" s="17"/>
       <c r="X30" s="25"/>
       <c r="AG30" s="34"/>
       <c r="AH30" s="34"/>
       <c r="AI30" s="34"/>
       <c r="AJ30" s="6"/>
       <c r="AK30" s="34"/>
       <c r="AL30" s="34"/>
       <c r="AM30" s="34"/>
       <c r="AN30" s="34"/>
       <c r="AO30" s="34"/>
       <c r="AP30" s="6"/>
       <c r="AQ30" s="34"/>
       <c r="AR30" s="34"/>
       <c r="AS30" s="34"/>
       <c r="AT30" s="34"/>
       <c r="AU30" s="34"/>
       <c r="AV30" s="6"/>
       <c r="AW30" s="6"/>
     </row>
     <row r="31" spans="2:49">
       <c r="B31" s="13" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C31" s="19">
         <f>SUM(C28:C30)</f>
         <v>0</v>
       </c>
       <c r="D31" s="17"/>
       <c r="E31" s="45"/>
       <c r="F31" s="41">
         <f>C31*67.5</f>
         <v>0</v>
       </c>
       <c r="G31" s="18"/>
       <c r="H31" s="10"/>
       <c r="I31" s="11">
         <f>C31*67.5</f>
         <v>0</v>
       </c>
       <c r="J31" s="18"/>
-      <c r="K31" s="136"/>
-[...7 lines deleted...]
-      <c r="S31" s="136"/>
+      <c r="K31" s="140"/>
+      <c r="L31" s="140"/>
+      <c r="M31" s="140"/>
+      <c r="N31" s="140"/>
+      <c r="O31" s="140"/>
+      <c r="P31" s="140"/>
+      <c r="Q31" s="140"/>
+      <c r="R31" s="140"/>
+      <c r="S31" s="140"/>
       <c r="T31" s="18"/>
       <c r="U31" s="18"/>
       <c r="V31" s="18"/>
       <c r="W31" s="18"/>
       <c r="X31" s="26"/>
       <c r="Y31" s="6"/>
       <c r="Z31" s="6"/>
       <c r="AA31" s="6"/>
       <c r="AB31" s="6"/>
       <c r="AC31" s="6"/>
       <c r="AD31" s="6"/>
       <c r="AE31" s="6"/>
       <c r="AF31" s="6"/>
     </row>
     <row r="32" spans="2:49">
       <c r="B32" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C32" s="19">
         <f>IF(C4="ja",1,0)</f>
         <v>0</v>
       </c>
       <c r="D32" s="18"/>
       <c r="E32" s="45"/>
       <c r="F32" s="41">
         <f>SUM(C12:G12)*C32</f>
         <v>0</v>
       </c>
       <c r="G32" s="18"/>
       <c r="H32" s="10"/>
       <c r="I32" s="11">
         <f>SUM(C12:G12)*C32</f>
         <v>0</v>
       </c>
       <c r="J32" s="18"/>
-      <c r="K32" s="136"/>
-[...7 lines deleted...]
-      <c r="S32" s="136"/>
+      <c r="K32" s="140"/>
+      <c r="L32" s="140"/>
+      <c r="M32" s="140"/>
+      <c r="N32" s="140"/>
+      <c r="O32" s="140"/>
+      <c r="P32" s="140"/>
+      <c r="Q32" s="140"/>
+      <c r="R32" s="140"/>
+      <c r="S32" s="140"/>
       <c r="T32" s="18"/>
       <c r="U32" s="18"/>
       <c r="V32" s="18"/>
       <c r="W32" s="18"/>
       <c r="X32" s="26"/>
       <c r="Y32" s="6"/>
       <c r="Z32" s="6"/>
       <c r="AA32" s="6"/>
       <c r="AB32" s="6"/>
       <c r="AC32" s="6"/>
       <c r="AD32" s="6"/>
       <c r="AE32" s="6"/>
       <c r="AF32" s="6"/>
     </row>
     <row r="33" spans="2:32">
       <c r="B33" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C33" s="19">
         <v>3</v>
       </c>
       <c r="D33" s="18"/>
       <c r="E33" s="45"/>
       <c r="F33" s="41">
         <f>SUM(C13:G13)*C33</f>
         <v>1500</v>
       </c>
       <c r="G33" s="18"/>
       <c r="H33" s="10"/>
       <c r="I33" s="11">
         <f>SUM(C13:G13)*C33</f>
         <v>1500</v>
       </c>
       <c r="J33" s="18"/>
-      <c r="K33" s="136"/>
-[...7 lines deleted...]
-      <c r="S33" s="136"/>
+      <c r="K33" s="140"/>
+      <c r="L33" s="140"/>
+      <c r="M33" s="140"/>
+      <c r="N33" s="140"/>
+      <c r="O33" s="140"/>
+      <c r="P33" s="140"/>
+      <c r="Q33" s="140"/>
+      <c r="R33" s="140"/>
+      <c r="S33" s="140"/>
       <c r="T33" s="18"/>
       <c r="U33" s="18"/>
       <c r="V33" s="18"/>
       <c r="W33" s="18"/>
       <c r="X33" s="26"/>
       <c r="Y33" s="6"/>
       <c r="Z33" s="6"/>
       <c r="AA33" s="6"/>
       <c r="AB33" s="6"/>
       <c r="AC33" s="6"/>
       <c r="AD33" s="6"/>
       <c r="AE33" s="6"/>
       <c r="AF33" s="6"/>
     </row>
-    <row r="34" spans="2:32" ht="15.75" thickBot="1">
+    <row r="34" spans="2:32" ht="15" thickBot="1">
       <c r="B34" s="14"/>
       <c r="C34" s="21"/>
       <c r="D34" s="18"/>
       <c r="E34" s="46" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F34" s="42">
         <f>SUM(F28:F33)</f>
         <v>1500</v>
       </c>
       <c r="G34" s="18"/>
       <c r="H34" s="36" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I34" s="35">
         <f>SUM(I28:I33)</f>
         <v>1500</v>
       </c>
       <c r="J34" s="18"/>
       <c r="K34" s="18"/>
       <c r="L34" s="18"/>
       <c r="M34" s="18"/>
       <c r="N34" s="18"/>
       <c r="O34" s="18"/>
       <c r="P34" s="18"/>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
       <c r="S34" s="18"/>
       <c r="T34" s="18"/>
       <c r="U34" s="18"/>
       <c r="V34" s="18"/>
       <c r="W34" s="18"/>
       <c r="X34" s="26"/>
       <c r="Y34" s="6"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="6"/>
@@ -8627,122 +8923,122 @@
       <c r="Y35" s="6"/>
       <c r="Z35" s="6"/>
       <c r="AA35" s="6"/>
       <c r="AB35" s="6"/>
       <c r="AC35" s="6"/>
       <c r="AD35" s="6"/>
       <c r="AE35" s="6"/>
       <c r="AF35" s="6"/>
     </row>
     <row r="36" spans="2:32">
       <c r="C36" s="30"/>
     </row>
     <row r="37" spans="2:32">
       <c r="C37" s="30"/>
     </row>
     <row r="38" spans="2:32">
       <c r="C38" s="30"/>
     </row>
     <row r="39" spans="2:32">
       <c r="C39" s="30"/>
       <c r="E39" s="30"/>
     </row>
     <row r="40" spans="2:32">
       <c r="C40" s="30"/>
     </row>
-    <row r="41" spans="2:32" ht="18.75">
+    <row r="41" spans="2:32" ht="18.5">
       <c r="B41" s="31"/>
       <c r="C41" s="32"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="AEKECWd4Vl0CBvdJ011KU3D9TaDpdOb3LDe47MSQsTDDywt6zyUqEBh+T2yGCAJ5FAvCUsOtX+zNmQVHv4qD0A==" saltValue="gYMZsa2vQrB7Z7qByrpn/g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wu9LU/zuja/qew3VSQ6Hp3ijakDoMWXpO+OfREQsmpY7qwRTplHTv0DbCncTJeepr0cjhbVdcCKnBVaYOSO/Zw==" saltValue="U5vbyQalwCo8IihnvBfG/w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="I4:W4"/>
     <mergeCell ref="K30:S33"/>
     <mergeCell ref="B2:X2"/>
     <mergeCell ref="I12:N15"/>
     <mergeCell ref="W16:W17"/>
     <mergeCell ref="E25:F26"/>
     <mergeCell ref="H25:I26"/>
   </mergeCells>
   <conditionalFormatting sqref="B17:B23 C21:V21">
     <cfRule type="expression" dxfId="109" priority="59">
       <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17">
     <cfRule type="expression" dxfId="108" priority="60">
       <formula>IF($C$8&gt;0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18:C19">
-    <cfRule type="expression" dxfId="107" priority="69">
+    <cfRule type="expression" dxfId="107" priority="61">
+      <formula>IF($C$8=0,1,0)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="106" priority="69">
       <formula>IF($C$8&gt;0,1,0)</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18:V19">
     <cfRule type="notContainsBlanks" dxfId="105" priority="10">
       <formula>LEN(TRIM(C18))&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C22:V23">
     <cfRule type="expression" dxfId="104" priority="54">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10">
     <cfRule type="expression" dxfId="103" priority="9">
       <formula>$C$10&gt;0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D11:D14">
     <cfRule type="expression" dxfId="102" priority="68">
       <formula>IF($C$7&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D17">
     <cfRule type="expression" dxfId="101" priority="56">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D18">
     <cfRule type="expression" dxfId="100" priority="11">
       <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="99" priority="18">
       <formula>IF($C$8&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D19">
-    <cfRule type="expression" dxfId="98" priority="14">
+    <cfRule type="expression" dxfId="98" priority="12">
+      <formula>IF($C$8&gt;1,1,0)</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="97" priority="14">
       <formula>IF($C$8=0,1,0)</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>IF($C$8&gt;1,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E11">
     <cfRule type="expression" dxfId="96" priority="67">
       <formula>IF($C$7&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E12:E14">
     <cfRule type="expression" dxfId="95" priority="66">
       <formula>IF($C$7&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E17">
     <cfRule type="expression" dxfId="94" priority="53">
       <formula>IF($C$8&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E18:E19">
     <cfRule type="expression" dxfId="93" priority="55">
       <formula>IF($C$8&gt;2,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F11">
     <cfRule type="expression" dxfId="92" priority="65">
       <formula>IF($C$7&gt;3,1,0)</formula>
@@ -8802,58 +9098,58 @@
     <cfRule type="expression" dxfId="81" priority="32">
       <formula>IF($C$8&gt;6,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J17">
     <cfRule type="expression" dxfId="80" priority="29">
       <formula>IF($C$8&gt;7,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J18:J19">
     <cfRule type="expression" dxfId="79" priority="30">
       <formula>IF($C$8&gt;7,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K17">
     <cfRule type="expression" dxfId="78" priority="27">
       <formula>IF($C$8&gt;8,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K18:K19">
     <cfRule type="expression" dxfId="77" priority="28">
       <formula>IF($C$8&gt;8,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K30:S33">
-    <cfRule type="expression" dxfId="76" priority="2">
+    <cfRule type="expression" dxfId="76" priority="1">
+      <formula>OR(C19="ja",D19="ja",E19="ja",F19="ja",G19="ja",H19="ja",I19="ja",J19="ja",K19="ja",L19="ja",M19="ja",N19="ja",O19="ja",P19="ja",Q19="ja",R19="ja",S19="ja",T19="ja",U19="ja",V19="ja")</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="75" priority="2">
       <formula>AND(ISBLANK($C$19),ISBLANK($C$18))</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="75" priority="3">
+    <cfRule type="expression" dxfId="74" priority="3">
       <formula>MAX(C18:V18)&lt;=30</formula>
-    </cfRule>
-[...1 lines deleted...]
-      <formula>OR(C19="ja",D19="ja",E19="ja",F19="ja",G19="ja",H19="ja",I19="ja",J19="ja",K19="ja",L19="ja",M19="ja",N19="ja",O19="ja",P19="ja",Q19="ja",R19="ja",S19="ja",T19="ja",U19="ja",V19="ja")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L17">
     <cfRule type="expression" dxfId="73" priority="25">
       <formula>IF($C$8&gt;9,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L18:L19">
     <cfRule type="expression" dxfId="72" priority="26">
       <formula>IF($C$8&gt;9,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M17">
     <cfRule type="expression" dxfId="71" priority="23">
       <formula>IF($C$8&gt;10,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M18:M19">
     <cfRule type="expression" dxfId="70" priority="24">
       <formula>IF($C$8&gt;10,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N17">
     <cfRule type="expression" dxfId="69" priority="45">
       <formula>IF($C$8&gt;11,1,0)</formula>
@@ -8981,171 +9277,167 @@
           <x14:formula1>
             <xm:f>START!$Y$2:$Y$21</xm:f>
           </x14:formula1>
           <xm:sqref>C8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Je kunt hier alleen 'ja' of 'nee' invullen" xr:uid="{B3A32731-6C25-465F-97B9-30807E12092F}">
           <x14:formula1>
             <xm:f>START!$X$2:$X$3</xm:f>
           </x14:formula1>
           <xm:sqref>C19:V19</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{052DEAE3-7D3A-42F9-8E8D-13802B561559}">
   <sheetPr>
     <tabColor rgb="FF78A090"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AW38"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="29" customWidth="1"/>
+    <col min="1" max="1" width="3.453125" style="29" customWidth="1"/>
     <col min="2" max="2" width="40" style="29" customWidth="1"/>
-    <col min="3" max="5" width="9.140625" style="29" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="26" max="16384" width="9.140625" style="29"/>
+    <col min="3" max="5" width="9.1796875" style="29" customWidth="1"/>
+    <col min="6" max="6" width="13.26953125" style="29" customWidth="1"/>
+    <col min="7" max="8" width="9.1796875" style="29" customWidth="1"/>
+    <col min="9" max="9" width="14.54296875" style="29" customWidth="1"/>
+    <col min="10" max="12" width="8.26953125" style="29" customWidth="1"/>
+    <col min="13" max="22" width="6.81640625" style="29" customWidth="1"/>
+    <col min="23" max="23" width="7.26953125" style="29" customWidth="1"/>
+    <col min="24" max="24" width="1.7265625" style="29" customWidth="1"/>
+    <col min="25" max="25" width="9.453125" style="29" bestFit="1" customWidth="1"/>
+    <col min="26" max="16384" width="9.1796875" style="29"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:32" ht="7.5" customHeight="1" thickBot="1"/>
     <row r="2" spans="2:32" ht="34.5" customHeight="1">
-      <c r="B2" s="140" t="s">
-[...23 lines deleted...]
-      <c r="X2" s="142"/>
+      <c r="B2" s="145" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" s="146"/>
+      <c r="D2" s="146"/>
+      <c r="E2" s="146"/>
+      <c r="F2" s="146"/>
+      <c r="G2" s="146"/>
+      <c r="H2" s="146"/>
+      <c r="I2" s="146"/>
+      <c r="J2" s="146"/>
+      <c r="K2" s="146"/>
+      <c r="L2" s="146"/>
+      <c r="M2" s="146"/>
+      <c r="N2" s="146"/>
+      <c r="O2" s="146"/>
+      <c r="P2" s="146"/>
+      <c r="Q2" s="146"/>
+      <c r="R2" s="146"/>
+      <c r="S2" s="146"/>
+      <c r="T2" s="146"/>
+      <c r="U2" s="146"/>
+      <c r="V2" s="146"/>
+      <c r="W2" s="146"/>
+      <c r="X2" s="147"/>
       <c r="Y2" s="33"/>
       <c r="Z2" s="33"/>
       <c r="AA2" s="33"/>
       <c r="AB2" s="33"/>
       <c r="AC2" s="33"/>
       <c r="AD2" s="33"/>
       <c r="AE2" s="33"/>
       <c r="AF2" s="33"/>
     </row>
     <row r="3" spans="2:32">
       <c r="B3" s="12"/>
-      <c r="C3" s="48" t="s">
+      <c r="C3" s="148" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="17"/>
       <c r="E3" s="17"/>
       <c r="F3" s="17"/>
       <c r="G3" s="17"/>
       <c r="H3" s="17"/>
       <c r="I3" s="17"/>
       <c r="J3" s="17"/>
       <c r="K3" s="17"/>
       <c r="L3" s="17"/>
       <c r="M3" s="17"/>
       <c r="N3" s="17"/>
       <c r="O3" s="17"/>
       <c r="P3" s="17"/>
       <c r="Q3" s="17"/>
       <c r="R3" s="17"/>
       <c r="S3" s="17"/>
       <c r="T3" s="17"/>
       <c r="U3" s="17"/>
       <c r="V3" s="17"/>
       <c r="W3" s="17"/>
       <c r="X3" s="25"/>
     </row>
     <row r="4" spans="2:32" ht="15" customHeight="1">
       <c r="B4" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="55" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C4" s="55"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
       <c r="F4" s="17"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
-      <c r="I4" s="135" t="s">
-[...15 lines deleted...]
-      <c r="W4" s="135"/>
+      <c r="I4" s="138" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" s="138"/>
+      <c r="K4" s="138"/>
+      <c r="L4" s="138"/>
+      <c r="M4" s="138"/>
+      <c r="N4" s="138"/>
+      <c r="O4" s="138"/>
+      <c r="P4" s="138"/>
+      <c r="Q4" s="138"/>
+      <c r="R4" s="138"/>
+      <c r="S4" s="138"/>
+      <c r="T4" s="138"/>
+      <c r="U4" s="138"/>
+      <c r="V4" s="138"/>
+      <c r="W4" s="138"/>
       <c r="X4" s="25"/>
     </row>
     <row r="5" spans="2:32">
       <c r="B5" s="13" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C5" s="55"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="17"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
       <c r="I5" s="95"/>
       <c r="J5" s="95"/>
       <c r="K5" s="95"/>
       <c r="L5" s="95"/>
       <c r="M5" s="95"/>
       <c r="N5" s="95"/>
       <c r="O5" s="95"/>
       <c r="P5" s="95"/>
       <c r="Q5" s="95"/>
       <c r="R5" s="50"/>
       <c r="S5" s="50"/>
       <c r="T5" s="50"/>
       <c r="U5" s="50"/>
       <c r="V5" s="50"/>
       <c r="W5" s="50"/>
       <c r="X5" s="25"/>
     </row>
     <row r="6" spans="2:32" ht="9.75" customHeight="1">
       <c r="B6" s="13"/>
       <c r="C6" s="17"/>
@@ -9176,243 +9468,243 @@
       <c r="C7" s="17"/>
       <c r="D7" s="17"/>
       <c r="E7" s="17"/>
       <c r="F7" s="17"/>
       <c r="G7" s="17"/>
       <c r="H7" s="17"/>
       <c r="I7" s="60"/>
       <c r="J7" s="17"/>
       <c r="K7" s="17"/>
       <c r="L7" s="17"/>
       <c r="M7" s="17"/>
       <c r="N7" s="17"/>
       <c r="O7" s="17"/>
       <c r="P7" s="17"/>
       <c r="Q7" s="17"/>
       <c r="R7" s="17"/>
       <c r="S7" s="17"/>
       <c r="T7" s="17"/>
       <c r="U7" s="17"/>
       <c r="V7" s="17"/>
       <c r="W7" s="17"/>
       <c r="X7" s="25"/>
     </row>
     <row r="8" spans="2:32">
       <c r="B8" s="13" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C8" s="55">
         <v>1</v>
       </c>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17"/>
       <c r="I8" s="17"/>
       <c r="J8" s="17"/>
       <c r="K8" s="17"/>
       <c r="L8" s="17"/>
       <c r="M8" s="17"/>
       <c r="N8" s="17"/>
       <c r="O8" s="17"/>
       <c r="P8" s="17"/>
       <c r="Q8" s="17"/>
       <c r="R8" s="17"/>
       <c r="S8" s="17"/>
       <c r="T8" s="17"/>
       <c r="U8" s="17"/>
       <c r="V8" s="17"/>
       <c r="W8" s="17"/>
       <c r="X8" s="25"/>
     </row>
     <row r="9" spans="2:32">
       <c r="B9" s="13" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C9" s="17"/>
       <c r="D9" s="17"/>
       <c r="E9" s="17"/>
       <c r="F9" s="17"/>
       <c r="G9" s="17"/>
       <c r="H9" s="17"/>
       <c r="I9" s="92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J9" s="17"/>
       <c r="K9" s="17"/>
       <c r="L9" s="17"/>
       <c r="M9" s="17"/>
       <c r="N9" s="17"/>
       <c r="O9" s="17"/>
       <c r="P9" s="17"/>
       <c r="Q9" s="17"/>
       <c r="R9" s="17"/>
       <c r="S9" s="17"/>
       <c r="T9" s="17"/>
       <c r="U9" s="17"/>
       <c r="V9" s="17"/>
       <c r="W9" s="17"/>
       <c r="X9" s="25"/>
     </row>
     <row r="10" spans="2:32">
       <c r="B10" s="13"/>
       <c r="C10" s="17"/>
       <c r="D10" s="27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E10" s="47">
         <v>0</v>
       </c>
       <c r="F10" s="47">
         <v>0</v>
       </c>
       <c r="G10" s="47">
         <v>0</v>
       </c>
       <c r="H10" s="17"/>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="17"/>
       <c r="L10" s="17"/>
       <c r="M10" s="17"/>
       <c r="N10" s="17"/>
       <c r="O10" s="17"/>
       <c r="P10" s="17"/>
       <c r="Q10" s="17"/>
       <c r="R10" s="17"/>
       <c r="S10" s="17"/>
       <c r="T10" s="17"/>
       <c r="U10" s="17"/>
       <c r="V10" s="17"/>
       <c r="W10" s="17"/>
       <c r="X10" s="25"/>
     </row>
     <row r="11" spans="2:32">
       <c r="B11" s="13" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C11" s="89">
         <f>IF($C$5="ja",275,375)</f>
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="D11" s="27"/>
       <c r="E11" s="27"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="17"/>
-      <c r="I11" s="134" t="str">
+      <c r="I11" s="144" t="str">
         <f>IF(OR(D7=1,E7=1,F7=1,G7=1,L15=1,K15=1,J15=1,I15=1,H15=1,G15=1,F15=1,E15=1,D15=1,M15=1,N15=1,O15=1,P15=1,Q15=1,R15=1,S15=1,T15=1,U15=1,V15=1),"Pas op, de ingevulde gegevens van één of meer extra locatie(s) staan niet op nul en worden meegerekend. Voeg locaties weer toe in cel C8 en zet gele velden eerst op nul.","")</f>
         <v/>
       </c>
-      <c r="J11" s="134"/>
-[...3 lines deleted...]
-      <c r="N11" s="134"/>
+      <c r="J11" s="144"/>
+      <c r="K11" s="144"/>
+      <c r="L11" s="144"/>
+      <c r="M11" s="144"/>
+      <c r="N11" s="144"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="17"/>
       <c r="R11" s="17"/>
       <c r="S11" s="17"/>
       <c r="T11" s="17"/>
       <c r="U11" s="17"/>
       <c r="V11" s="17"/>
       <c r="W11" s="17"/>
       <c r="X11" s="25"/>
     </row>
     <row r="12" spans="2:32">
       <c r="B12" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C12" s="89">
         <f>IF($C$5="ja",300,500)</f>
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="D12" s="27"/>
       <c r="E12" s="27"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="17"/>
-      <c r="I12" s="134"/>
-[...4 lines deleted...]
-      <c r="N12" s="134"/>
+      <c r="I12" s="144"/>
+      <c r="J12" s="144"/>
+      <c r="K12" s="144"/>
+      <c r="L12" s="144"/>
+      <c r="M12" s="144"/>
+      <c r="N12" s="144"/>
       <c r="O12" s="17"/>
       <c r="P12" s="17"/>
       <c r="Q12" s="17"/>
       <c r="R12" s="17"/>
       <c r="S12" s="17"/>
       <c r="T12" s="17"/>
       <c r="U12" s="17"/>
       <c r="V12" s="17"/>
       <c r="W12" s="17"/>
       <c r="X12" s="25"/>
     </row>
     <row r="13" spans="2:32">
       <c r="B13" s="13"/>
       <c r="C13" s="17"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="17"/>
-      <c r="I13" s="134"/>
-[...4 lines deleted...]
-      <c r="N13" s="134"/>
+      <c r="I13" s="144"/>
+      <c r="J13" s="144"/>
+      <c r="K13" s="144"/>
+      <c r="L13" s="144"/>
+      <c r="M13" s="144"/>
+      <c r="N13" s="144"/>
       <c r="O13" s="17"/>
       <c r="P13" s="17"/>
       <c r="Q13" s="17"/>
       <c r="R13" s="17"/>
       <c r="S13" s="17"/>
       <c r="T13" s="17"/>
       <c r="U13" s="17"/>
       <c r="V13" s="17"/>
       <c r="W13" s="17"/>
       <c r="X13" s="25"/>
     </row>
     <row r="14" spans="2:32">
       <c r="B14" s="12"/>
       <c r="C14" s="48" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D14" s="17"/>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
-      <c r="I14" s="134"/>
-[...4 lines deleted...]
-      <c r="N14" s="134"/>
+      <c r="I14" s="144"/>
+      <c r="J14" s="144"/>
+      <c r="K14" s="144"/>
+      <c r="L14" s="144"/>
+      <c r="M14" s="144"/>
+      <c r="N14" s="144"/>
       <c r="O14" s="17"/>
       <c r="P14" s="17"/>
       <c r="Q14" s="17"/>
       <c r="R14" s="17"/>
       <c r="S14" s="17"/>
       <c r="T14" s="17"/>
       <c r="U14" s="17"/>
       <c r="V14" s="17"/>
       <c r="W14" s="17"/>
       <c r="X14" s="25"/>
     </row>
     <row r="15" spans="2:32" hidden="1">
       <c r="B15" s="14"/>
       <c r="C15" s="86" t="str">
         <f>IF(AND($C$8&lt;20,C17&gt;0),1,"")</f>
         <v/>
       </c>
       <c r="D15" s="86" t="str">
         <f>IF(AND($C$8&lt;2,D17&gt;0),1,"")</f>
         <v/>
       </c>
       <c r="E15" s="86" t="str">
         <f t="shared" ref="E15:V15" si="0">IF(AND($C$8&lt;2,E17&gt;0),1,"")</f>
         <v/>
       </c>
@@ -9462,123 +9754,123 @@
       </c>
       <c r="Q15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="R15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="S15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="T15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="U15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="V15" s="86" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="W15" s="133"/>
+      <c r="W15" s="137"/>
       <c r="X15" s="25"/>
     </row>
     <row r="16" spans="2:32">
       <c r="B16" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C16" s="27" t="s">
         <v>30</v>
       </c>
-      <c r="C16" s="27" t="s">
+      <c r="D16" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="D16" s="27" t="s">
+      <c r="E16" s="27" t="s">
         <v>32</v>
       </c>
-      <c r="E16" s="27" t="s">
+      <c r="F16" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="F16" s="27" t="s">
+      <c r="G16" s="27" t="s">
         <v>34</v>
       </c>
-      <c r="G16" s="27" t="s">
+      <c r="H16" s="27" t="s">
         <v>35</v>
       </c>
-      <c r="H16" s="27" t="s">
+      <c r="I16" s="27" t="s">
         <v>36</v>
       </c>
-      <c r="I16" s="27" t="s">
+      <c r="J16" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="J16" s="27" t="s">
+      <c r="K16" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="K16" s="27" t="s">
+      <c r="L16" s="27" t="s">
         <v>39</v>
       </c>
-      <c r="L16" s="27" t="s">
+      <c r="M16" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="M16" s="27" t="s">
+      <c r="N16" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="N16" s="27" t="s">
+      <c r="O16" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="O16" s="27" t="s">
+      <c r="P16" s="27" t="s">
         <v>43</v>
       </c>
-      <c r="P16" s="27" t="s">
+      <c r="Q16" s="27" t="s">
         <v>44</v>
       </c>
-      <c r="Q16" s="27" t="s">
+      <c r="R16" s="27" t="s">
         <v>45</v>
       </c>
-      <c r="R16" s="27" t="s">
+      <c r="S16" s="27" t="s">
         <v>46</v>
       </c>
-      <c r="S16" s="27" t="s">
+      <c r="T16" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="T16" s="27" t="s">
+      <c r="U16" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="U16" s="27" t="s">
+      <c r="V16" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="V16" s="27" t="s">
-[...2 lines deleted...]
-      <c r="W16" s="133"/>
+      <c r="W16" s="137"/>
       <c r="X16" s="25"/>
     </row>
     <row r="17" spans="2:49">
       <c r="B17" s="13" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C17" s="59"/>
       <c r="D17" s="57"/>
       <c r="E17" s="57"/>
       <c r="F17" s="57"/>
       <c r="G17" s="57"/>
       <c r="H17" s="56"/>
       <c r="I17" s="56"/>
       <c r="J17" s="56"/>
       <c r="K17" s="56"/>
       <c r="L17" s="56"/>
       <c r="M17" s="56"/>
       <c r="N17" s="57"/>
       <c r="O17" s="57"/>
       <c r="P17" s="57"/>
       <c r="Q17" s="57"/>
       <c r="R17" s="57"/>
       <c r="S17" s="57"/>
       <c r="T17" s="57"/>
       <c r="U17" s="57"/>
       <c r="V17" s="57"/>
       <c r="W17" s="17"/>
       <c r="X17" s="25"/>
     </row>
     <row r="18" spans="2:49" ht="9.75" customHeight="1">
@@ -9586,51 +9878,51 @@
       <c r="C18" s="17"/>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="27"/>
       <c r="P18" s="27"/>
       <c r="Q18" s="27"/>
       <c r="R18" s="27"/>
       <c r="S18" s="27"/>
       <c r="T18" s="27"/>
       <c r="U18" s="27"/>
       <c r="V18" s="27"/>
       <c r="W18" s="17"/>
       <c r="X18" s="25"/>
     </row>
     <row r="19" spans="2:49" hidden="1">
       <c r="B19" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C19" s="18">
         <f>IF(C17&gt;499,1,0)</f>
         <v>0</v>
       </c>
       <c r="D19" s="18">
         <f t="shared" ref="D19:V19" si="1">IF(D17&gt;499,1,0)</f>
         <v>0</v>
       </c>
       <c r="E19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="H19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
@@ -9673,51 +9965,51 @@
       <c r="R19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="S19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="T19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="V19" s="18">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="W19" s="17"/>
       <c r="X19" s="25"/>
     </row>
     <row r="20" spans="2:49" hidden="1">
       <c r="B20" s="14" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C20" s="27">
         <f>IF(AND(C17&gt;1,C17&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="D20" s="27">
         <f>IF(AND(D17&gt;1,D17&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="E20" s="27">
         <f t="shared" ref="E20:V20" si="2">IF(AND(E17&gt;1,E17&lt;500),0.5,0)</f>
         <v>0</v>
       </c>
       <c r="F20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -9760,560 +10052,560 @@
       <c r="R20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="S20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="T20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="U20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="V20" s="27">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="W20" s="17"/>
       <c r="X20" s="25"/>
     </row>
     <row r="21" spans="2:49" ht="25.5" customHeight="1">
       <c r="B21" s="13" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C21" s="49">
         <f>SUM(C19:V20)</f>
         <v>0</v>
       </c>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
       <c r="J21" s="17"/>
       <c r="K21" s="17"/>
       <c r="L21" s="17"/>
       <c r="M21" s="17"/>
       <c r="N21" s="17"/>
       <c r="O21" s="17"/>
       <c r="P21" s="17"/>
       <c r="Q21" s="17"/>
       <c r="R21" s="17"/>
       <c r="S21" s="17"/>
       <c r="T21" s="17"/>
       <c r="U21" s="17"/>
       <c r="V21" s="17"/>
       <c r="W21" s="17"/>
       <c r="X21" s="25"/>
     </row>
     <row r="22" spans="2:49">
       <c r="B22" s="12"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
-      <c r="E22" s="125" t="s">
+      <c r="E22" s="129" t="s">
+        <v>55</v>
+      </c>
+      <c r="F22" s="130"/>
+      <c r="G22" s="17"/>
+      <c r="H22" s="133" t="s">
         <v>56</v>
       </c>
-      <c r="F22" s="126"/>
-[...4 lines deleted...]
-      <c r="I22" s="130"/>
+      <c r="I22" s="134"/>
       <c r="J22" s="17"/>
       <c r="K22" s="28" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
       <c r="V22" s="17"/>
       <c r="W22" s="17"/>
       <c r="X22" s="25"/>
       <c r="AG22" s="6"/>
       <c r="AH22" s="6"/>
       <c r="AI22" s="6"/>
       <c r="AJ22" s="6"/>
       <c r="AK22" s="6"/>
       <c r="AL22" s="6"/>
       <c r="AM22" s="6"/>
       <c r="AN22" s="6"/>
       <c r="AO22" s="6"/>
       <c r="AP22" s="6"/>
       <c r="AQ22" s="6"/>
       <c r="AR22" s="6"/>
       <c r="AS22" s="6"/>
       <c r="AT22" s="6"/>
       <c r="AU22" s="6"/>
       <c r="AV22" s="6"/>
       <c r="AW22" s="6"/>
     </row>
     <row r="23" spans="2:49">
       <c r="B23" s="12"/>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
-      <c r="E23" s="127"/>
-      <c r="F23" s="128"/>
+      <c r="E23" s="131"/>
+      <c r="F23" s="132"/>
       <c r="G23" s="17"/>
-      <c r="H23" s="131"/>
-      <c r="I23" s="132"/>
+      <c r="H23" s="135"/>
+      <c r="I23" s="136"/>
       <c r="J23" s="17"/>
       <c r="K23" s="28" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="L23" s="17"/>
       <c r="M23" s="17"/>
       <c r="N23" s="17"/>
       <c r="O23" s="17"/>
       <c r="P23" s="17"/>
       <c r="Q23" s="17"/>
       <c r="R23" s="17"/>
       <c r="S23" s="17"/>
       <c r="T23" s="17"/>
       <c r="U23" s="17"/>
       <c r="V23" s="17"/>
       <c r="W23" s="17"/>
       <c r="X23" s="25"/>
       <c r="AG23" s="6"/>
       <c r="AH23" s="6"/>
       <c r="AI23" s="6"/>
       <c r="AJ23" s="6"/>
       <c r="AK23" s="6"/>
       <c r="AL23" s="6"/>
       <c r="AM23" s="6"/>
       <c r="AN23" s="6"/>
       <c r="AO23" s="6"/>
       <c r="AP23" s="6"/>
       <c r="AQ23" s="6"/>
       <c r="AR23" s="6"/>
       <c r="AS23" s="6"/>
       <c r="AT23" s="6"/>
       <c r="AU23" s="6"/>
       <c r="AV23" s="6"/>
       <c r="AW23" s="6"/>
     </row>
     <row r="24" spans="2:49">
       <c r="B24" s="51" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" s="52" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D24" s="53"/>
       <c r="E24" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" s="39" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G24" s="53"/>
       <c r="H24" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I24" s="8" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J24" s="17"/>
       <c r="K24" s="28" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L24" s="17"/>
       <c r="M24" s="17"/>
       <c r="N24" s="17"/>
       <c r="O24" s="17"/>
       <c r="P24" s="17"/>
       <c r="Q24" s="17"/>
       <c r="R24" s="17"/>
       <c r="S24" s="17"/>
       <c r="T24" s="17"/>
       <c r="U24" s="17"/>
       <c r="V24" s="17"/>
       <c r="W24" s="17"/>
       <c r="X24" s="25"/>
       <c r="AG24" s="6"/>
       <c r="AH24" s="6"/>
       <c r="AI24" s="6"/>
       <c r="AJ24" s="6"/>
       <c r="AK24" s="6"/>
       <c r="AL24" s="6"/>
       <c r="AM24" s="6"/>
       <c r="AN24" s="6"/>
       <c r="AO24" s="6"/>
       <c r="AP24" s="6"/>
       <c r="AQ24" s="6"/>
       <c r="AR24" s="6"/>
       <c r="AS24" s="6"/>
       <c r="AT24" s="6"/>
       <c r="AU24" s="6"/>
       <c r="AV24" s="6"/>
       <c r="AW24" s="6"/>
     </row>
     <row r="25" spans="2:49">
       <c r="B25" s="13" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C25" s="19">
         <f>ROUNDUP(SQRT(C21),0)</f>
         <v>0</v>
       </c>
       <c r="D25" s="17"/>
       <c r="E25" s="44">
         <f>C25*16</f>
         <v>0</v>
       </c>
       <c r="F25" s="40">
-        <f>E25*150</f>
+        <f>E25*155</f>
         <v>0</v>
       </c>
       <c r="G25" s="17"/>
       <c r="H25" s="37">
         <f>C25*18</f>
         <v>0</v>
       </c>
       <c r="I25" s="9">
-        <f>H25*150</f>
+        <f>H25*155</f>
         <v>0</v>
       </c>
       <c r="J25" s="17"/>
       <c r="K25" s="60" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L25" s="17"/>
       <c r="M25" s="17"/>
       <c r="N25" s="17"/>
       <c r="O25" s="17"/>
       <c r="P25" s="17"/>
       <c r="Q25" s="17"/>
       <c r="R25" s="17"/>
       <c r="S25" s="17"/>
       <c r="T25" s="17"/>
       <c r="U25" s="17"/>
       <c r="V25" s="17"/>
       <c r="W25" s="17"/>
       <c r="X25" s="25"/>
       <c r="AG25" s="34"/>
       <c r="AH25" s="34"/>
       <c r="AI25" s="34"/>
       <c r="AJ25" s="6"/>
       <c r="AK25" s="34"/>
       <c r="AL25" s="34"/>
       <c r="AM25" s="34"/>
       <c r="AN25" s="34"/>
       <c r="AO25" s="34"/>
       <c r="AP25" s="6"/>
       <c r="AQ25" s="34"/>
       <c r="AR25" s="34"/>
       <c r="AS25" s="34"/>
       <c r="AT25" s="34"/>
       <c r="AU25" s="34"/>
       <c r="AV25" s="6"/>
       <c r="AW25" s="6"/>
     </row>
     <row r="26" spans="2:49">
       <c r="B26" s="13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C26" s="19">
         <f>ROUNDUP((0.6*(SQRT(C21))),0)</f>
         <v>0</v>
       </c>
       <c r="D26" s="17"/>
       <c r="E26" s="44">
         <f>C26*8</f>
         <v>0</v>
       </c>
       <c r="F26" s="40">
-        <f>E26*150</f>
+        <f>E26*155</f>
         <v>0</v>
       </c>
       <c r="G26" s="17"/>
       <c r="H26" s="38">
         <f>C26*9</f>
         <v>0</v>
       </c>
       <c r="I26" s="9">
-        <f>H26*150</f>
+        <f>H26*155</f>
         <v>0</v>
       </c>
       <c r="J26" s="17"/>
       <c r="K26" s="17"/>
       <c r="L26" s="17"/>
       <c r="M26" s="17"/>
       <c r="N26" s="17"/>
       <c r="O26" s="17"/>
       <c r="P26" s="17"/>
       <c r="Q26" s="17"/>
       <c r="R26" s="17"/>
       <c r="S26" s="17"/>
       <c r="T26" s="17"/>
       <c r="U26" s="17"/>
       <c r="V26" s="17"/>
       <c r="W26" s="17"/>
       <c r="X26" s="25"/>
       <c r="AG26" s="34"/>
       <c r="AH26" s="34"/>
       <c r="AI26" s="34"/>
       <c r="AJ26" s="6"/>
       <c r="AK26" s="34"/>
       <c r="AL26" s="34"/>
       <c r="AM26" s="34"/>
       <c r="AN26" s="34"/>
       <c r="AO26" s="34"/>
       <c r="AP26" s="6"/>
       <c r="AQ26" s="34"/>
       <c r="AR26" s="34"/>
       <c r="AS26" s="34"/>
       <c r="AT26" s="34"/>
       <c r="AU26" s="34"/>
       <c r="AV26" s="6"/>
       <c r="AW26" s="6"/>
     </row>
     <row r="27" spans="2:49" ht="15" customHeight="1">
       <c r="B27" s="13" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C27" s="20">
         <f>ROUNDUP((0.6*(SQRT(C21))),0)</f>
         <v>0</v>
       </c>
       <c r="D27" s="17"/>
       <c r="E27" s="44">
         <f>C27*8</f>
         <v>0</v>
       </c>
       <c r="F27" s="40">
-        <f>E27*150</f>
+        <f>E27*155</f>
         <v>0</v>
       </c>
       <c r="G27" s="17"/>
       <c r="H27" s="38">
         <f>C27*9</f>
         <v>0</v>
       </c>
       <c r="I27" s="9">
-        <f>H27*150</f>
+        <f>H27*155</f>
         <v>0</v>
       </c>
       <c r="J27" s="17"/>
-      <c r="K27" s="121" t="str">
+      <c r="K27" s="125" t="str">
         <f>IF(K30&gt;25000,"Let op: Er zitten één of meer zeer grote locaties bij, neem contact op met MPZ voor een kostenindatie","")</f>
         <v/>
       </c>
-      <c r="L27" s="121"/>
-[...4 lines deleted...]
-      <c r="Q27" s="121"/>
+      <c r="L27" s="125"/>
+      <c r="M27" s="125"/>
+      <c r="N27" s="125"/>
+      <c r="O27" s="125"/>
+      <c r="P27" s="125"/>
+      <c r="Q27" s="125"/>
       <c r="R27" s="17"/>
       <c r="S27" s="17"/>
       <c r="T27" s="17"/>
       <c r="U27" s="17"/>
       <c r="V27" s="17"/>
       <c r="W27" s="17"/>
       <c r="X27" s="25"/>
       <c r="AG27" s="34"/>
       <c r="AH27" s="34"/>
       <c r="AI27" s="34"/>
       <c r="AJ27" s="6"/>
       <c r="AK27" s="34"/>
       <c r="AL27" s="34"/>
       <c r="AM27" s="34"/>
       <c r="AN27" s="34"/>
       <c r="AO27" s="34"/>
       <c r="AP27" s="6"/>
       <c r="AQ27" s="34"/>
       <c r="AR27" s="34"/>
       <c r="AS27" s="34"/>
       <c r="AT27" s="34"/>
       <c r="AU27" s="34"/>
       <c r="AV27" s="6"/>
       <c r="AW27" s="6"/>
     </row>
     <row r="28" spans="2:49">
       <c r="B28" s="13" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C28" s="19">
         <f>SUM(C25:C27)</f>
         <v>0</v>
       </c>
       <c r="D28" s="17"/>
       <c r="E28" s="45"/>
       <c r="F28" s="41">
         <f>C28*67.5</f>
         <v>0</v>
       </c>
       <c r="G28" s="18"/>
       <c r="H28" s="10"/>
       <c r="I28" s="11">
         <f>C28*67.5</f>
         <v>0</v>
       </c>
       <c r="J28" s="18"/>
-      <c r="K28" s="121"/>
-[...5 lines deleted...]
-      <c r="Q28" s="121"/>
+      <c r="K28" s="125"/>
+      <c r="L28" s="125"/>
+      <c r="M28" s="125"/>
+      <c r="N28" s="125"/>
+      <c r="O28" s="125"/>
+      <c r="P28" s="125"/>
+      <c r="Q28" s="125"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
       <c r="T28" s="18"/>
       <c r="U28" s="18"/>
       <c r="V28" s="18"/>
       <c r="W28" s="18"/>
       <c r="X28" s="26"/>
       <c r="Y28" s="6"/>
       <c r="Z28" s="6"/>
       <c r="AA28" s="6"/>
       <c r="AB28" s="6"/>
       <c r="AC28" s="6"/>
       <c r="AD28" s="6"/>
       <c r="AE28" s="6"/>
       <c r="AF28" s="6"/>
     </row>
     <row r="29" spans="2:49">
       <c r="B29" s="15" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C29" s="19">
         <f>IF(C4="ja",1,0)</f>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D29" s="18"/>
       <c r="E29" s="45"/>
       <c r="F29" s="41">
         <f>SUM(C11:G11)*C29</f>
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="G29" s="18"/>
       <c r="H29" s="10"/>
       <c r="I29" s="11">
         <f>SUM(C11:G11)*C29</f>
-        <v>275</v>
+        <v>0</v>
       </c>
       <c r="J29" s="18"/>
-      <c r="K29" s="121"/>
-[...5 lines deleted...]
-      <c r="Q29" s="121"/>
+      <c r="K29" s="125"/>
+      <c r="L29" s="125"/>
+      <c r="M29" s="125"/>
+      <c r="N29" s="125"/>
+      <c r="O29" s="125"/>
+      <c r="P29" s="125"/>
+      <c r="Q29" s="125"/>
       <c r="R29" s="18"/>
       <c r="S29" s="18"/>
       <c r="T29" s="18"/>
       <c r="U29" s="18"/>
       <c r="V29" s="18"/>
       <c r="W29" s="18"/>
       <c r="X29" s="26"/>
       <c r="Y29" s="6"/>
       <c r="Z29" s="6"/>
       <c r="AA29" s="6"/>
       <c r="AB29" s="6"/>
       <c r="AC29" s="6"/>
       <c r="AD29" s="6"/>
       <c r="AE29" s="6"/>
       <c r="AF29" s="6"/>
     </row>
     <row r="30" spans="2:49">
       <c r="B30" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C30" s="19">
         <v>3</v>
       </c>
       <c r="D30" s="18"/>
       <c r="E30" s="45"/>
       <c r="F30" s="41">
         <f>SUM(C12:G12)*C30</f>
-        <v>900</v>
+        <v>1500</v>
       </c>
       <c r="G30" s="18"/>
       <c r="H30" s="10"/>
       <c r="I30" s="11">
         <f>SUM(C12:G12)*C30</f>
-        <v>900</v>
+        <v>1500</v>
       </c>
       <c r="J30" s="18"/>
       <c r="K30" s="47">
         <f>MAX(C17:V17)</f>
         <v>0</v>
       </c>
       <c r="L30" s="18"/>
       <c r="M30" s="18"/>
       <c r="N30" s="18"/>
       <c r="O30" s="18"/>
       <c r="P30" s="18"/>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
       <c r="S30" s="18"/>
       <c r="T30" s="18"/>
       <c r="U30" s="18"/>
       <c r="V30" s="18"/>
       <c r="W30" s="18"/>
       <c r="X30" s="26"/>
       <c r="Y30" s="6"/>
       <c r="Z30" s="6"/>
       <c r="AA30" s="6"/>
       <c r="AB30" s="6"/>
       <c r="AC30" s="6"/>
       <c r="AD30" s="6"/>
       <c r="AE30" s="6"/>
       <c r="AF30" s="6"/>
     </row>
-    <row r="31" spans="2:49" ht="15.75" thickBot="1">
+    <row r="31" spans="2:49" ht="15" thickBot="1">
       <c r="B31" s="14"/>
       <c r="C31" s="21"/>
       <c r="D31" s="18"/>
       <c r="E31" s="46" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F31" s="42">
         <f>SUM(F25:F30)</f>
-        <v>1175</v>
+        <v>1500</v>
       </c>
       <c r="G31" s="18"/>
       <c r="H31" s="36" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I31" s="35">
         <f>SUM(I25:I30)</f>
-        <v>1175</v>
+        <v>1500</v>
       </c>
       <c r="J31" s="18"/>
       <c r="K31" s="18"/>
       <c r="L31" s="18"/>
       <c r="M31" s="18"/>
       <c r="N31" s="18"/>
       <c r="O31" s="18"/>
       <c r="P31" s="18"/>
       <c r="Q31" s="18"/>
       <c r="R31" s="18"/>
       <c r="S31" s="18"/>
       <c r="T31" s="18"/>
       <c r="U31" s="18"/>
       <c r="V31" s="18"/>
       <c r="W31" s="18"/>
       <c r="X31" s="26"/>
       <c r="Y31" s="6"/>
       <c r="Z31" s="6"/>
       <c r="AA31" s="6"/>
       <c r="AB31" s="6"/>
       <c r="AC31" s="6"/>
       <c r="AD31" s="6"/>
       <c r="AE31" s="6"/>
       <c r="AF31" s="6"/>
     </row>
@@ -10344,56 +10636,56 @@
       <c r="Y32" s="6"/>
       <c r="Z32" s="6"/>
       <c r="AA32" s="6"/>
       <c r="AB32" s="6"/>
       <c r="AC32" s="6"/>
       <c r="AD32" s="6"/>
       <c r="AE32" s="6"/>
       <c r="AF32" s="6"/>
     </row>
     <row r="33" spans="2:5">
       <c r="C33" s="30"/>
     </row>
     <row r="34" spans="2:5">
       <c r="C34" s="30"/>
     </row>
     <row r="35" spans="2:5">
       <c r="C35" s="30"/>
     </row>
     <row r="36" spans="2:5">
       <c r="C36" s="30"/>
       <c r="E36" s="30"/>
     </row>
     <row r="37" spans="2:5">
       <c r="C37" s="30"/>
     </row>
-    <row r="38" spans="2:5" ht="18.75">
+    <row r="38" spans="2:5" ht="18.5">
       <c r="B38" s="31"/>
       <c r="C38" s="32"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="E+DCSPFvrcgn1nP3mI40L3T8WqoXHzQ9K1CPJmCX6HVbKi1Q8VJ28/qcS4l0BraVXlPSB3GZn4G17bvjWclwFw==" saltValue="ZqQr1gLnaTgvMBtk95aWdw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="LWAer8tr/mdmWXwQb3olNGNIvoOGrdPZgPYfHL9fWaVhkA6ul2xSP/8B9Q336RHgF1tXmoeBgZeKaW9gv8NbDg==" saltValue="tM2RHnbI7DNpZGKK/yvgVg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="K27:Q29"/>
     <mergeCell ref="I4:W4"/>
     <mergeCell ref="B2:X2"/>
     <mergeCell ref="I11:N14"/>
     <mergeCell ref="W15:W16"/>
     <mergeCell ref="E22:F23"/>
     <mergeCell ref="H22:I23"/>
   </mergeCells>
   <conditionalFormatting sqref="B16:B20 C19:V19">
     <cfRule type="expression" dxfId="50" priority="42">
       <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C16">
     <cfRule type="expression" dxfId="49" priority="43">
       <formula>IF($C$8&gt;0,1,0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C17">
     <cfRule type="expression" dxfId="48" priority="44">
       <formula>IF($C$8=0,1,0)</formula>
     </cfRule>
     <cfRule type="expression" dxfId="47" priority="52">
       <formula>IF($C$8&gt;0,1,0)</formula>
@@ -10661,85 +10953,76 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A2F86BDD-C5F8-4DA1-97D2-EB43FE3A253C}">
           <x14:formula1>
             <xm:f>START!$X$2:$X$3</xm:f>
           </x14:formula1>
           <xm:sqref>C4:C5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1d0e646246bf32692fbbe03cd2a0137" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC31FF76EB96914B9FDB055D1D7EC1F1" ma:contentTypeVersion="19" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="99ec08a881528fbc015030cf7d1c487f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xmlns:ns3="45b0fde6-3671-446b-8026-4c0d418a39e7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ea913bf8c654b6b8b745ae44bae9876e" ns2:_="" ns3:_="">
     <xsd:import namespace="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <xsd:import namespace="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:Extern_x0020_gedeeld_x003f_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -10806,50 +11089,64 @@
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f267c90d-14ff-4ce5-b3f0-f18f151e1741" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Extern_x0020_gedeeld_x003f_" ma:index="24" nillable="true" ma:displayName="Extern gedeeld?" ma:default="onbekend" ma:format="Dropdown" ma:internalName="Extern_x0020_gedeeld_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="ja"/>
+          <xsd:enumeration value="nee"/>
+          <xsd:enumeration value="onbekend"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -10906,91 +11203,103 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="7ddfc4a7-2327-4f2d-b29d-dda666fbba38" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Extern_x0020_gedeeld_x003f_ xmlns="45b0fde6-3671-446b-8026-4c0d418a39e7">onbekend</Extern_x0020_gedeeld_x003f_>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2446E320-93BF-4424-91A8-16AC46FD7AD1}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{759F77E9-FEA3-4C6E-9447-66E8AA7CC8BA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1EB187A-3EE8-4FA5-8A06-A72053D7FC83}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
     <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2446E320-93BF-4424-91A8-16AC46FD7AD1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="7ddfc4a7-2327-4f2d-b29d-dda666fbba38"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="45b0fde6-3671-446b-8026-4c0d418a39e7"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07911689-FA4F-472F-8EED-AC27B1FA7B10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>